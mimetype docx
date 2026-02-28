--- v0 (2025-12-06)
+++ v1 (2026-02-28)
@@ -1,101 +1,819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="64502BA4" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRPr="000B72B8" w:rsidRDefault="00555A30" w:rsidP="000B72B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpc">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03195160" wp14:editId="6A364D2F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03195160" wp14:editId="2D75DEFD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:align>left</wp:align>
+                  <wp:posOffset>-311595</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
-                  <wp:posOffset>-101437</wp:posOffset>
+                  <wp:posOffset>-143676</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="8869680" cy="5019072"/>
-                <wp:effectExtent l="0" t="0" r="0" b="10160"/>
+                <wp:extent cx="9754870" cy="5244704"/>
+                <wp:effectExtent l="0" t="0" r="0" b="1784985"/>
                 <wp:wrapNone/>
                 <wp:docPr id="33" name="Canvas 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
                     <wpc:wpc>
                       <wpc:bg/>
                       <wpc:whole/>
                       <wps:wsp>
+                        <wps:cNvPr id="125" name="Elbow Connector 125"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="7949225" y="2989419"/>
+                            <a:ext cx="4156" cy="541352"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 5460322"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="130" name="Elbow Connector 130"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="7953880" y="4405101"/>
+                            <a:ext cx="4655" cy="496134"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -4910849"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="127" name="Elbow Connector 127"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="7953381" y="3930277"/>
+                            <a:ext cx="499" cy="463290"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 45911623"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="47" name="Straight Connector 47"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="7725928" y="3547004"/>
+                            <a:ext cx="0" cy="425207"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="50" name="Straight Connector 50"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="5058261" y="372179"/>
+                            <a:ext cx="2852" cy="479703"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="49" name="Straight Connector 49"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="8340185" y="851921"/>
+                            <a:ext cx="0" cy="1970604"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="34" name="Straight Connector 34"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1780669" y="815389"/>
+                            <a:ext cx="0" cy="1877912"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="137" name="Elbow Connector 137"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="5706754" y="3498028"/>
+                            <a:ext cx="12700" cy="532085"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 1800000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="136" name="Elbow Connector 136"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="5719454" y="3001616"/>
+                            <a:ext cx="12700" cy="479481"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 1800000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="146" name="Elbow Connector 146"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="4459253" y="3004567"/>
+                            <a:ext cx="3" cy="1218072"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 7620100000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="145" name="Elbow Connector 145"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="4459258" y="3013718"/>
+                            <a:ext cx="119" cy="785262"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -192100840"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="144" name="Elbow Connector 144"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="4459377" y="2994230"/>
+                            <a:ext cx="9083" cy="405711"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -2516790"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="147" name="Elbow Connector 147"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="4459251" y="2994230"/>
+                            <a:ext cx="1" cy="1670082"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 22860100000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="155" name="Elbow Connector 155"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="3211301" y="3007133"/>
+                            <a:ext cx="51" cy="351878"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -448235294"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="157" name="Elbow Connector 157"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="3211175" y="2980529"/>
+                            <a:ext cx="125" cy="976486"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -182880000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="156" name="Elbow Connector 156"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="3210998" y="2997503"/>
+                            <a:ext cx="125" cy="666134"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -182880000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="158" name="Elbow Connector 158"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="3211124" y="2989418"/>
+                            <a:ext cx="50" cy="1274155"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -440668000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="177" name="Elbow Connector 177"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="452255" y="3011688"/>
+                            <a:ext cx="1" cy="688239"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -22860000000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="176" name="Elbow Connector 176"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="452263" y="3011688"/>
+                            <a:ext cx="1" cy="356991"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 22860100000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="178" name="Elbow Connector 178"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="439553" y="3002772"/>
+                            <a:ext cx="12700" cy="1074347"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 1800000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="168" name="Elbow Connector 168"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="1696642" y="3002772"/>
+                            <a:ext cx="31" cy="524793"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -737419355"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="170" name="Elbow Connector 170"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="1696742" y="2994229"/>
+                            <a:ext cx="31" cy="1089538"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -737419355"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="171" name="Elbow Connector 171"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="1696706" y="3002773"/>
+                            <a:ext cx="31" cy="1526864"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -737419355"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="172" name="Elbow Connector 172"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipH="1" flipV="1">
+                            <a:off x="1696669" y="3002773"/>
+                            <a:ext cx="32" cy="1879578"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -714375000"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
                         <wps:cNvPr id="51" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3746518" y="0"/>
+                            <a:off x="4186221" y="58243"/>
                             <a:ext cx="1744080" cy="313936"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -133,52 +851,52 @@
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                 </w:rPr>
                                 <w:t>Kingston Health Sciences Centre</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="98" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="7188328" y="619510"/>
-                            <a:ext cx="1473748" cy="383696"/>
+                            <a:off x="7416867" y="1167341"/>
+                            <a:ext cx="1933583" cy="383696"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -213,261 +931,159 @@
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Dr. Michael Fitzpatrick</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="101" name="Text Box 51"/>
+                        <wps:cNvPr id="102" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="2056011" y="514350"/>
-                            <a:ext cx="1604552" cy="308600"/>
+                            <a:off x="1013787" y="1371586"/>
+                            <a:ext cx="1604190" cy="398970"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5E65F169" w14:textId="2631BABA" w:rsidR="00423249" w:rsidRDefault="007D2A4C" w:rsidP="00423249">
+                            <w:p w14:paraId="703B9D26" w14:textId="21589BCD" w:rsidR="00423249" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
-                                <w:t>President &amp;</w:t>
-[...8 lines deleted...]
-                                <w:t xml:space="preserve"> CEO</w:t>
+                                <w:t>Vice President, Medical and Academic Affairs</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="07EB3C50" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
-[...61 lines deleted...]
-                            <w:p w14:paraId="4542DFC7" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
+                            <w:p w14:paraId="46551EA7" w14:textId="4A85D6EA" w:rsidR="005E7B3D" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
-                                <w:t>Executive Vice President Corporate Services &amp;</w:t>
+                                <w:t>Chris Gillies</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="318FAF0F" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
+                            <w:p w14:paraId="59B315B8" w14:textId="77777777" w:rsidR="005E7B3D" w:rsidRPr="00423249" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
-[...29 lines deleted...]
-                              </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="103" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="7188328" y="1111123"/>
-                            <a:ext cx="1473748" cy="505784"/>
+                            <a:off x="7416769" y="1596948"/>
+                            <a:ext cx="1933681" cy="426467"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -506,102 +1122,111 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Dr. David Berman</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="104" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="2056373" y="2081848"/>
-                            <a:ext cx="1604190" cy="436020"/>
+                            <a:off x="1014153" y="2256469"/>
+                            <a:ext cx="1604190" cy="381895"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="dk1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5AC1C227" w14:textId="77777777" w:rsidR="00C87EDC" w:rsidRDefault="00C87EDC" w:rsidP="00C87EDC">
+                            <w:p w14:paraId="5AC1C227" w14:textId="6007DF20" w:rsidR="00C87EDC" w:rsidRDefault="00CF254A" w:rsidP="00C87EDC">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
-                                <w:t>Administrative Director,</w:t>
+                                <w:t>Operations</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00C87EDC">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> Director,</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="5642300D" w14:textId="77777777" w:rsidR="00C87EDC" w:rsidRDefault="00C87EDC" w:rsidP="00C87EDC">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Clinical Laboratory Services</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="443A536A" w14:textId="16BA5D92" w:rsidR="00C87EDC" w:rsidRDefault="007371E3" w:rsidP="00C87EDC">
@@ -612,52 +1237,52 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Sherri Wilson</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="105" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="7188330" y="1715896"/>
-                            <a:ext cx="1473382" cy="688912"/>
+                            <a:off x="7428519" y="2089241"/>
+                            <a:ext cx="1933511" cy="613785"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -745,240 +1370,55 @@
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Dr. </w:t>
                               </w:r>
                               <w:r w:rsidR="009845AB">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>David Good</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="89" name="Elbow Connector 89"/>
-[...183 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="113" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="7183900" y="2517867"/>
+                            <a:off x="7875228" y="2822654"/>
                             <a:ext cx="1545336" cy="429768"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -1040,52 +1480,52 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Dr. Andrea Grin</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="115" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="7188692" y="3052058"/>
-                            <a:ext cx="1545336" cy="475488"/>
+                            <a:off x="7875228" y="3292308"/>
+                            <a:ext cx="1545336" cy="428893"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -1140,51 +1580,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Dr. Curtis Oleschuk</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="117" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="7184536" y="3607146"/>
+                            <a:off x="7875865" y="3763708"/>
                             <a:ext cx="1545336" cy="401140"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -1234,51 +1674,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Dr. David Good</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="118" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="7184037" y="4067425"/>
+                            <a:off x="7875366" y="4222638"/>
                             <a:ext cx="1545336" cy="409860"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -1304,81 +1744,90 @@
                                 <w:t>Service Chief</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="3200187B" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Division of Microbiology</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="48B7F55C" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
+                            <w:p w14:paraId="48B7F55C" w14:textId="14094FB3" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
-                                <w:t>Dr. Lewis Tomalty</w:t>
+                                <w:t xml:space="preserve">Dr. </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00347F2A">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>Prameet Sheth</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="119" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="7188330" y="4535919"/>
+                            <a:off x="7880021" y="4682141"/>
                             <a:ext cx="1545698" cy="483121"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -1413,257 +1862,109 @@
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Division of Laboratory Genetics</w:t>
                               </w:r>
                               <w:r w:rsidR="00E378CC">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> &amp; Molecular Diagnostics</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="0EE54C1F" w14:textId="13D251AA" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
+                            <w:p w14:paraId="0EE54C1F" w14:textId="2184C0AE" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Dr. </w:t>
                               </w:r>
-                              <w:r w:rsidR="00E378CC">
+                              <w:r w:rsidR="00C72FD0">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
-                                <w:t>S. Crocker</w:t>
+                                <w:t>G</w:t>
+                              </w:r>
+                              <w:r w:rsidR="006F34F9">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>raeme</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00C72FD0">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> Quest</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="123" name="Elbow Connector 123"/>
-[...164 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="131" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="5732261" y="2792212"/>
-                            <a:ext cx="959244" cy="380991"/>
+                            <a:off x="5719454" y="2835106"/>
+                            <a:ext cx="817244" cy="380991"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -1702,52 +2003,52 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Terri Lewis</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="133" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="5732261" y="3252899"/>
-                            <a:ext cx="872040" cy="418580"/>
+                            <a:off x="5719463" y="3305320"/>
+                            <a:ext cx="817070" cy="418580"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -1770,52 +2071,52 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Microbiology Molecular Microbiology</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="134" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="5732261" y="3784987"/>
-                            <a:ext cx="872040" cy="418580"/>
+                            <a:off x="5719463" y="3804063"/>
+                            <a:ext cx="817070" cy="418580"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -1840,122 +2141,56 @@
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                 </w:rPr>
                                 <w:t>Infectious Disease</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> Sequencing</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="136" name="Elbow Connector 136"/>
-[...64 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="138" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="4415118" y="2792228"/>
-                            <a:ext cx="1011565" cy="339734"/>
+                            <a:off x="4426264" y="2855810"/>
+                            <a:ext cx="950874" cy="396610"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -1992,51 +2227,51 @@
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                 </w:rPr>
                                 <w:t>Keyur Dixit</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="140" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="4424201" y="3245720"/>
+                            <a:off x="4435461" y="3309302"/>
                             <a:ext cx="941804" cy="244172"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2054,51 +2289,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Autopsy Service</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="141" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="4415237" y="3625332"/>
+                            <a:off x="4426497" y="3688914"/>
                             <a:ext cx="941682" cy="244050"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2116,52 +2351,52 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Cytology</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="142" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="4415115" y="3979597"/>
-                            <a:ext cx="1005840" cy="401140"/>
+                            <a:off x="4426204" y="4043179"/>
+                            <a:ext cx="950991" cy="401140"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -2200,51 +2435,51 @@
                               </w:r>
                               <w:r w:rsidRPr="0035171D">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Neuropathology</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="143" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="4415117" y="4488289"/>
+                            <a:off x="4426377" y="4551871"/>
                             <a:ext cx="941682" cy="287772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2280,187 +2515,55 @@
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>HDH Site</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="144" name="Elbow Connector 144"/>
-[...130 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="148" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3114415" y="2786131"/>
+                            <a:off x="3097304" y="2839053"/>
                             <a:ext cx="1002844" cy="348816"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2494,51 +2597,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Tammy Edwards</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="149" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3114466" y="3190331"/>
+                            <a:off x="3097355" y="3243253"/>
                             <a:ext cx="1002844" cy="244172"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2562,51 +2665,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Cytogenetics</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="150" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3114540" y="3495867"/>
+                            <a:off x="3097429" y="3548789"/>
                             <a:ext cx="1002844" cy="261612"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2624,51 +2727,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Molecular Genetics</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="151" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3114540" y="3819299"/>
+                            <a:off x="3097429" y="3872221"/>
                             <a:ext cx="1002844" cy="235452"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2686,51 +2789,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Immunodiagnostics</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="153" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3114466" y="4117210"/>
+                            <a:off x="3097355" y="4170132"/>
                             <a:ext cx="1002844" cy="234968"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2744,187 +2847,55 @@
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Histocompatibility</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="155" name="Elbow Connector 155"/>
-[...130 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="160" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1664601" y="2786131"/>
+                            <a:off x="1597599" y="2832725"/>
                             <a:ext cx="1142372" cy="340096"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -2958,51 +2929,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Donnah Pocius</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="161" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="396210" y="2792459"/>
+                            <a:off x="362997" y="2839053"/>
                             <a:ext cx="1002844" cy="348816"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -3036,51 +3007,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Tammie Taylor</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="162" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1664632" y="3188838"/>
+                            <a:off x="1597630" y="3235432"/>
                             <a:ext cx="1142128" cy="584268"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -3186,51 +3157,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Serology</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="163" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1664632" y="3835405"/>
+                            <a:off x="1597630" y="3881999"/>
                             <a:ext cx="1142128" cy="420624"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -3270,51 +3241,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Transfusion Safety Officer</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="164" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1664632" y="4339157"/>
+                            <a:off x="1597630" y="4385751"/>
                             <a:ext cx="1142128" cy="287772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -3354,51 +3325,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>KGH Site</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="165" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1664633" y="4691930"/>
+                            <a:off x="1597631" y="4738524"/>
                             <a:ext cx="1142128" cy="287654"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -3428,187 +3399,55 @@
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>HDH Site</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="168" name="Elbow Connector 168"/>
-[...130 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="173" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="396209" y="3205834"/>
+                            <a:off x="362996" y="3252428"/>
                             <a:ext cx="1002844" cy="236047"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -3626,51 +3465,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Quality Management</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="174" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="396211" y="3511602"/>
+                            <a:off x="362998" y="3558196"/>
                             <a:ext cx="1002844" cy="287008"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -3710,51 +3549,51 @@
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>KGH Site</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="175" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="396210" y="3897993"/>
+                            <a:off x="362997" y="3944587"/>
                             <a:ext cx="1002844" cy="286441"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
@@ -3784,155 +3623,56 @@
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>HDH Site</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="176" name="Elbow Connector 176"/>
-[...97 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="71" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="2056011" y="1508729"/>
-                            <a:ext cx="1604552" cy="490635"/>
+                            <a:off x="935748" y="1809433"/>
+                            <a:ext cx="1804010" cy="405636"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
@@ -3983,715 +3723,1175 @@
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                   <w:lang w:val="en-CA"/>
                                 </w:rPr>
                                 <w:t>Cindy Draycott</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="4" name="Elbow Connector 4"/>
-[...34 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="5" name="Straight Connector 5"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
-                          <a:xfrm>
-[...1 lines deleted...]
-                            <a:ext cx="5334000" cy="1"/>
+                          <a:xfrm flipV="1">
+                            <a:off x="872484" y="2693178"/>
+                            <a:ext cx="6254581" cy="190"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="6" name="Straight Connector 6"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="876300" y="2646969"/>
+                            <a:off x="872520" y="2693491"/>
                             <a:ext cx="0" cy="139126"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="10" name="Straight Connector 10"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="6210300" y="2646986"/>
+                            <a:off x="6139109" y="2699944"/>
                             <a:ext cx="0" cy="139109"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="11" name="Straight Connector 11"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="2209800" y="2646953"/>
+                            <a:off x="2136973" y="2693547"/>
                             <a:ext cx="0" cy="139124"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="12" name="Straight Connector 12"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="3581400" y="2646970"/>
+                            <a:off x="3645623" y="2683565"/>
                             <a:ext cx="0" cy="139089"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="13" name="Straight Connector 13"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="4838700" y="2646953"/>
+                            <a:off x="4925674" y="2693547"/>
                             <a:ext cx="0" cy="139070"/>
-                          </a:xfrm>
-[...31 lines deleted...]
-                            <a:ext cx="0" cy="129084"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="15" name="Straight Connector 15"/>
                         <wps:cNvCnPr>
                           <a:endCxn id="101" idx="0"/>
                         </wps:cNvCnPr>
                         <wps:spPr>
-                          <a:xfrm flipH="1">
-[...1 lines deleted...]
-                            <a:ext cx="186" cy="49538"/>
+                          <a:xfrm flipH="1" flipV="1">
+                            <a:off x="1816419" y="922364"/>
+                            <a:ext cx="144" cy="36188"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="108" name="Straight Connector 108"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="7127065" y="2693471"/>
+                            <a:ext cx="0" cy="139065"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="112" name="Text Box 51"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6697648" y="2838795"/>
+                            <a:ext cx="816610" cy="560993"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="dk1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="4CBFE4C9" w14:textId="77777777" w:rsidR="00F5195A" w:rsidRDefault="00F5195A" w:rsidP="00F5195A">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>Business</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="343D4466" w14:textId="77777777" w:rsidR="006F34F9" w:rsidRDefault="00F5195A" w:rsidP="00F5195A">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>Manager</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="73B88274" w14:textId="743BC68F" w:rsidR="00F5195A" w:rsidRDefault="006F34F9" w:rsidP="00F5195A">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> Marc Robichaud</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="101" name="Text Box 51"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1014153" y="922364"/>
+                            <a:ext cx="1604552" cy="386763"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="dk1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="48A2D92A" w14:textId="4F089F10" w:rsidR="005E7B3D" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>Executive VP of Medical &amp; Academic Affairs &amp; Chief of Staff</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="2A71EB56" w14:textId="77777777" w:rsidR="005E7B3D" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>Dr. Michael Fitzpatrick</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="07EB3C50" w14:textId="583B296D" w:rsidR="00423249" w:rsidRPr="005E7B3D" w:rsidRDefault="00423249" w:rsidP="005E7B3D">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="114" name="Text Box 51"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4186595" y="424272"/>
+                            <a:ext cx="1743710" cy="303754"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="dk1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="3FD96B2E" w14:textId="2515A652" w:rsidR="00D0702E" w:rsidRDefault="00D0702E" w:rsidP="00D0702E">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>P</w:t>
+                              </w:r>
+                              <w:r w:rsidR="002D4F13">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">resident </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>&amp; CEO</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="5E1A8AB1" w14:textId="05B302BF" w:rsidR="00D0702E" w:rsidRDefault="00D0702E" w:rsidP="00D0702E">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                  <w:lang w:val="en-CA"/>
+                                </w:rPr>
+                                <w:t>Dr. David Pichora</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="87178" tIns="43589" rIns="87178" bIns="43589" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="42" name="Straight Connector 42"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1780633" y="821173"/>
+                            <a:ext cx="6559270" cy="36652"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="116" name="Elbow Connector 116"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="7949225" y="6234725"/>
+                            <a:ext cx="0" cy="462915"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 45911623"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="120" name="Elbow Connector 120"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="8101625" y="6387125"/>
+                            <a:ext cx="0" cy="462915"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 45911623"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="121" name="Elbow Connector 121"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="10800000" flipV="1">
+                            <a:off x="8254660" y="6539525"/>
+                            <a:ext cx="0" cy="462915"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 45911623"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="14" name="Elbow Connector 14"/>
+                        <wps:cNvCnPr>
+                          <a:stCxn id="71" idx="3"/>
+                          <a:endCxn id="103" idx="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr>
+                          <a:xfrm flipV="1">
+                            <a:off x="2739758" y="1810182"/>
+                            <a:ext cx="4677011" cy="202069"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector3">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:prstDash val="lgDash"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="Elbow Connector 4"/>
+                        <wps:cNvCnPr>
+                          <a:stCxn id="104" idx="3"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2618343" y="2447417"/>
+                            <a:ext cx="239157" cy="1660069"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="bentConnector2">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="55" name="Straight Connector 55"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="2739971" y="4107298"/>
+                            <a:ext cx="117529" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="dk1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="dk1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
                     </wpc:wpc>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:group w14:anchorId="03195160" id="Canvas 33" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;margin-left:0;margin-top:-8pt;width:698.4pt;height:395.2pt;z-index:251708416;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordsize="88696,50190" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDY4wfExIAANDzAAAOAAAAZHJzL2Uyb0RvYy54bWzsXdty28gRfU9V/oHFd1kzuA2gWnnLkeMk&#10;VVu7rvUm+wyToMgEBBgAtuR8fU7PAIMLCVKkIC9IzabKoQQKvODgTPc53T0//Pi4jidfoyxfpcnt&#10;lL9h00mUzNL5Krm/nf7ztw9X/nSSF2EyD+M0iW6n36J8+uPbP//ph4fNTWSlyzSeR9kEJ0nym4fN&#10;7XRZFJub6+t8tozWYf4m3UQJDi7SbB0W+DG7v55n4QPOvo6vLca864c0m2+ydBblOX77Xh2cvpXn&#10;XyyiWfHLYpFHxSS+neK9FfLfTP77mf69fvtDeHOfhZvlala+jfCEd7EOVwleVJ/qfViEky/ZautU&#10;69UsS/N0UbyZpevrdLFYzSL5GfBpOOt8mrsw+Rrm8sPM8O1UbxCPBjzv53t8BzjlzQMuRiQf41Lk&#10;G31R8ue92KdluInkZ8hvZj9//ZhNVvPbqcunkyRcAxG/RY/F5C/p4wS/Kl8dT/u0wROLR/weqKp+&#10;n+OX9CU/LrI1/T++vgmO28LxXA6gfdNXlM45oz8VjsN8XPgZjtncDmyPTnZdn2OT5cXfonQ9oQe3&#10;0wyIkRcy/PpTXqinVk+hl8zTeDX/sIpj+QOhNLqLs8nXEPiKC/lOcfLWs+Jk8nA79WyXyRO3jkmc&#10;12coHnecAeeLE3q5SOK5fFsPm/xGfR/yUfEtjug5cfJrtMA3jM9evlz7PYazWZTo9ymfTX+2wCc6&#10;5g/L59fv6pg/Vp8DfyFfOU0K/cfrVZJm6ltqv+35f6ovZqGej2vY+Nz0sHj8/Fji53M6/wb4ZKm6&#10;3fPN7MMKV/enMC8+hhnubwACnFX8gn8WcYqrk5aPppNlmv1v1+/p+bgRcHQ6eQBf3E7z/34Js2g6&#10;if+R4BbxBReAYCF/cGzXD6aTrHnkc/NI8mV9lwIyuAvw7uRDvKesiKuHiyxd/w5qe0evikNhMsNr&#10;306L6uFdoVgM1DiL3r2TTwKlbMLip+QTEQSX3yNh97fH38NsUwK8wK3xc1rdlOFNB+fquXRhkvTd&#10;lyJdrORNQF+w+lbLLx4EQazxHZgiwLc6FFMI7vu2pZjC44HLywVA04UjQCY4LunCt73A0MUF04Vc&#10;ifTq8lTWMCxAq7Ck3+/HApwNGDBYzPUYxwkRFLgcZN2lAY85rmuVNMB8j8knmKhBxUOXFjVIGrCq&#10;INPQgIyP68BhTMEAZ7grh4oGiAZsYUsaCGxmYeEHwBFnV8kDaIAHZfLg+I5nS5AYGrhgGrANDZxB&#10;TsAZ7tqhaKCZFHD6z5IgaPBAMytwmSt8x4gIlysiyHBAXuE66z2sJZis4A/JCpzheKAZDljM5/7+&#10;eMD2mGXSgktXB1wTD5xFPOAOxwMyHrAR9kMd4IJDyZUiYDsesP1SHvB8P+AmL7h0HpAQMPFAyxMb&#10;n1dApotKC/4af04fJndpksDQS7MJjpTmEMzFu0T5iHlx95jIcI/sSGmaqTuZLrR+Hv3QdB5VLOg6&#10;jP6TJkvlQ3qezYQijisnYJ7XFRRc5vuekhW5gKoIcUHl0pWjWVmNpVnzGbeV/gyWfK2OX0PWZeWF&#10;SXdUvtsdbqCygzp+Y22rHaHp1X90pAtY/+EJDmBtjfY6gEq5oy+UvoTvqU3jmu6GHWeaODSeYA/3&#10;4A5LTDKvIEm+V+njVh9Jn2I3JLmHigjC5GQRrzZ/ryzAEp0eh5ZFahaWtSvOfc8N5D1Rr2s2c5Hb&#10;lqq3Dfg6B/LcFjxtA08pnI4QnqIfnmIvLUrXpebFFj6lFDskQC2fOaI0Z33hgSvpvdXw5ExYdFOQ&#10;N8v9qh7gKcxpoKlWmRFCs3fB5mz/il3DTy7ZHWhCFjgOmjuWc8u1nABSn8oDHFQDSDqsAel5qA+o&#10;AGmJQyahYUtdKTXmxRw1IX2LuSoXocVXr8TNxVyq0r1siQz12ZAUvnA9DjonCgT8bJV51pAMfPzP&#10;UCRi/qPKy0aNR1348KnIwtX9smikNXAr9i7gOojcRZLwUJ6KSFqHyzhSBCBGsmEJg4zZlnoLNQZx&#10;/8glmomASyel3zCNVwmVhm4pTCarURkcUc0fltXg4g3psdkBZSYAjeWiUtKTgWcNGu46ro3iXAkd&#10;xwqEyp37oWMKdZ9U4Xtkit4uDz4hTa9z/N5gkwp1QTy3U517mJKbMZfc8IG1dS9QiwfkBlhu3SSv&#10;xQPCdXz5BMMDKoM7QqZr38pj5gF5heulznjtumafQqOx1OFzyjsGrLnBeo/lHvEAjHTBna7H1uIB&#10;FOs6B6RyEw+cfTygBR8TD4w6HoDkNSQPMFsJGg7zhGPJgou+vIAFqMXfb5kZHjh7HqhlNkMEoyYC&#10;Ld4/v4e3WXSDyMANeMecJIHAq+wfiPHcOuAAGSI4fyLQ4qYhgjETAQrm+ywTVUu/xzKpbJEdAjUJ&#10;kFKgVnd66yT0w5OKcgR0R9TiKOWRB77VJRbbEoGDVyLNWjio/j/AKy0bz6nVa8rV7ufl9xDO/w3Z&#10;frGO0WyO2QATLixEOdLObj4HQkjjOTbzHRn+QO2QZT76mhs9fAR6uKVrzbvFZRyHcG1bAG0Zg20k&#10;I7qty3w4yWvHoZxjokWnzkdW/PyrU/GDNbUW3QVwbncMbAdejgI+Cn+YKnfvV9pawG+UVOwF/pUj&#10;cGY12sPAGoM2+sZXqBWOVD6C0XcsXkPG1Uveuvp9t9/dhm4H1kjqngPrHWCuFSPLDwQKsCWfVt2a&#10;DndL+wj+UqByiIHBjK5x3CXV+mAoenxY1hLlNkVrt6kHyy28drAMxWNoLDMbJyX102eCHJE2llGa&#10;qZxQD13HUhodGMoOMizUi1b+vMHy6LBMHSg9RcU4tD/caOG1g2Ug6zlYlmXFfeGGw0pN37EQ8Lrd&#10;cMMKyjgbTbRcKX0Dw/rKtVG0pyMZA+vxwVqXMz1fNHIR1FoeTkhVJYhlra1yODewUMQuqRREGwTV&#10;2t1TNWw0o/PXjORSSjG00Yy0fjC+Ti1ua81oWB6wUZ3odztbfGExGMgqpOK+i4mQlGmZKZDyS7jI&#10;ohJVemp4YOQdmxyaVBnmDswDmNIS+J0qU8MD7bGq7Rqxy+QBLc2aeGDU8UB/D60SQPrVdRsZQJ3S&#10;ttNdCjPqY1Jb1foPnXHbQ2qr610ZspVywE0SrEMxXDaCqUgDxpJWC3syjpNEdV7q/yqGMUnu+JLc&#10;fh1S2YB7wNwCbAfMWCtfCsy241nc6xZd1GCGsML8yp00YIbZ2ztL4YS2iTE3oJFQPVS9nwOXBrMH&#10;asUG/d4t5Rsd5/BxYEnJCdx2UHqWJlVTXH+ZIZq2GU2INuYQjRSU4YjAcrDjibLALMeFQNMmgsBB&#10;lFNKt9BwUUBjJJsLn7nJ9awcwwOj5oEBLRwKCKg0TjUCWegB7ljh4AGvmrUHHmBqVr+JBy45HtCl&#10;GoYHRs0DKB4cLh6gxABxP5XEBCJwg66uwtArrD0c0xA4fQ3arekM3p6NMkIvl8rnhyUCFRA46P6H&#10;mbuVGNQBgS+ESQwueUc/6J2oajedwefBA9rL3Sq/VaNE98jee0oWadV/juzdX7Ko5EhFNlaA8alB&#10;p2QxYD64jbRIZB5CTbrqzz1OMnOuMA/JE3oSsHFzRufmoCmrXN62Ya2lS+0qthp/SDuvodt2c5yW&#10;bXm8NXkMrOXbxMtXO1uBUSWqhe9a3gFl7TRU88DCdDiK2I1LKZO48XX+YOZKL661FHcCrpEW1pg/&#10;Htddy12RtJoVo0i6g+aSodG5iV6KlwCzwMoAMOM/A2Z1N48QzP2Wu6P1pBPA3LLjhwIz2JdK1ndF&#10;HFgU5PRMD/OEVYvbwPGGZWGGikEzttLWm62PEM0Deu42hmdBZVeQw+RNjnop3MWNaIAxy9dtEsi5&#10;lRHTjzvTJnH2bRLKbqV8zGjso9bYsVQMJa1JIvBUIGVjMxB7LxEY0/32NWjsatyJIYKx90nA9x6U&#10;CLDhhTLbnMDdnsbdjAjQYemZHe4uXmS3ZOZsiGD0RDBg9Q1FBJoIfEh23cZJ5Il1akAd/e4BfcWk&#10;BuefGsihIIYIRk8EA7ruzdQAM/AEtPs9GoFlO7TxlZICe3pBDBGcPxGY1smzsN3dfn8Sh3CXEpfv&#10;lr4xKafh1XT8yRebFKQUSRQLKBGcuXanxoe245UNQC73sSPpXqI5zZ5EaRHCGUv5/VA6je0+Otud&#10;xvkp6WvLdsehk2FNifRz7Ml+2/0grGnmlcQ1tu6jwQcvgGuOgjnZHVye3OB6fLjudyrdA07lPrrW&#10;W5irGVctzqcfDnW6D4FrbNvmYINzg2vFMGp3+NfSJ4ytvHr5WhdyHx+GuM904J+Ba1oqpBlvYTC4&#10;CqX6TdFT4xDss06Ebfhascb4vHjsODOY8o5Nex1UX+zx4rmDdrhyKrftMBYcoFOTZ59/nq2TNOPF&#10;j9mLp0mjg3nxqP2CxiYzYEwuxThmWgBMTc788Um380XOwbB0Vmt4YNQ8MGDfqwwI0PMu+1657/vo&#10;GGgTAQICjik5MhBFB6xlhPfLt+K1DGCIYNREMKAD1yICH04763Q5wKqviQCzczy16VB/QmoygyeF&#10;EmPeGVtNRzNW/NiteE83vj5/iHGTCBzbDrgShRupQZMILNMB/yqqdE0H/FlY8TS5ciiJQBEBQgzq&#10;PvewIa7a9qefCDy14Y6JCJSSfJEaQb31k0kNRp0a9JthKoFv+bOtmQHkN9QFCu2aHPTqN44d347a&#10;b4ZJtoENpWpyXI+rupuabWjKOplhroVtQ6t943qK/07zwoQNmy2wtdFmahdGV7sgtBe2VZODQ+Dd&#10;E2H9Yh7vNqw7QnsFa4z9D1wlvvUvoAbX1QZqFzbjXGhrZxvX8iOfiGvkhTWVvyxd9+EaA1585Kcq&#10;JjJ8/bpqcqiSoKeGUk1KORHXSHNeEtdlgURAYUgX1/hEsibHx5DQl6kNFtyxhWtqckY8H0MMqLzb&#10;cgyLcuAsDJlVhbl14NvpgfOYmifTHyUY4f3shXc1GYHI0aTZY06zxYDCO/EAJjxKJx6zqD0mW137&#10;eMCn+Uz7oyrDA+fPA6Yp/ix0dzGg7i55QAlhto9R9Ers6uUBD8O1DA9c+NY02EayFLdMPDDqeKC/&#10;Z1Do6srdPShU3VvntLjdk/ndY4JfYf44pRv1seN1nO5I0wbFYAgk9Bn53hoUo3Jc2/VK9ulPNk6S&#10;JM0MyGzyNYzHPQNS9PcJ4tB+rX0fll9Mk2wk0grV3Qo2hWoPmzocWjJPQvWVhDWN6TXtVFVIMr52&#10;Kmh2vZLkgTbBvRT9TEnyIEXLW65B0cgVcZdJKZIJxz4kCp2EaB4Ihq7yMrw0fujY/NDaNnp+3R+k&#10;R3QGKv2Bu8wXVkf5hiLhuJi/JTHnBMyzJb/2hwZGfzh//cGM4DkH/UGrkF33WF++Rs7RTCxQ5P/k&#10;xILaA9PFYoIOOdvzwBaqNJALKJXd3XMx2kYIDwEkrU82A69IMunnir7lSdnGmywv/hala3oLcUL/&#10;5mm8mn9YxbH8YbaM1tFdvBVUt55FJ3kf5ksVec/xqFzX6Iwyp1IjKkh1z4tvcaRe7ddoUX1FO17r&#10;THfBG/Hsea2kfSqycHW/LCZ3aZJEsyLNJrpRuYRzmYQ0R4vQNSpR6gsP0FMVZWh7D9RkkDqEwmav&#10;aHDHE2QQVYKhp0IhXiXRlM4tg6DBUIkbwqAvWlT3n7rratuLvmf66SHfqNIuPJg8ruMEv9rkt9Nl&#10;UWxurq/lhJMwf7NezbI0TxfFm1m6vgYKVrPo+iHN5te0f4p8tMnSWZTnq+T+0zLc0CWl8wNOHzMp&#10;tWj9Zgf6ugLOcejzOuFUhTt0WKjG235yNOCryb1NuBdWBgZMqGqZHehTEzFLtN4lH7P98KP2/r3s&#10;18AfO7A4G/y9Evwh++vHX7cOcT/+EBIGmCtUr76Yo4S/qFffBv4OdZIa/L0S/OlqwV38p63wJwV/&#10;tutzRHc1/lR9+C78ofLaBH/y1lwsEGfrhGdnqepFr7+6qm8X/rQF+yT8OZikgRKdGn/9/McUNE38&#10;p6M5lXC/PvxpHWcX/rpazoH11wcBMrXZEnb4pY1Wd6+/FvYYPlCeb9bfV7L+7tNesINfibiS/+SK&#10;0ShSoLGCskhBzZJsZCoqyW6qNJNFvNrIZkA6S6nXWIAs5glIynQwyFVt+lOv2BwCTmk+HOyUMpD9&#10;wyEL5WYGmWYm63Xus3CzXM3eh0XY/FnqOzeRlS7TeB5lb/8PAAD//wMAUEsDBBQABgAIAAAAIQDu&#10;LwEM3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuWzoY3VbqTggNcYAL&#10;gwdIm5CWNU7WZFvh6fFOcLP1W7+/r1yPrhdHM8TOE8JsmoEw1HjdkUX4eH+aLEHEpEir3pNB+DYR&#10;1tXlRakK7U/0Zo7bZAWXUCwUQptSKKSMTWucilMfDHH26QenEq+DlXpQJy53vbzJslw61RF/aFUw&#10;j61pdtuDQ3juQnenVl/73c9L2Fgbl/t684p4fTU+3INIZkx/x3DGZ3SomKn2B9JR9AgskhAms5yH&#10;c3y7ylmlRlgs5nOQVSn/G1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAENjjB8TEgAA&#10;0PMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO4vAQzf&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAbRQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB5&#10;FQAAAAA=&#10;">
+              <v:group w14:anchorId="03195160" id="Canvas 33" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;margin-left:-24.55pt;margin-top:-11.3pt;width:768.1pt;height:412.95pt;z-index:251708416;mso-position-horizontal-relative:margin;mso-position-vertical-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordsize="97548,52444" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlMk9CChIAACL5AAAOAAAAZHJzL2Uyb0RvYy54bWzsXdty20YWfN+q/QcU321hLripIqe8cpzd&#10;qlTiirPJM0SCErMgwAVgS96v3z4zgwshgqJkyAGp0YOKJAiQIBo9fc70OfPd93fr1PmcFOUqzy5m&#10;7LU7c5Jsni9W2fXF7N+/vX8VzpyyirNFnOZZcjH7kpSz79/8/W/f3W7OE57f5OkiKRwcJCvPbzcX&#10;s5uq2pyfnZXzm2Qdl6/zTZJh4zIv1nGFp8X12aKIb3H0dXrGXdc/u82LxabI50lZ4tV3euPsjTr+&#10;cpnMq1+WyzKpnPRihu9Wqf+F+n9F/8/efBefXxfx5mY1N18jfsK3WMerDB/aHOpdXMXOp2J171Dr&#10;1bzIy3xZvZ7n67N8uVzNE3UOOBvm9s7mMs4+x6U6mTl+nfoL4tGIx726xm+AQ57f4mIk6jEuRblp&#10;Lkr5dR/28SbeJOocyvP5z58/FM5qAaRwb+Zk8RqQ+CG9ym+dyzzLcLXywqFN5mvg/ZfZh8I8Kzcf&#10;CvqN75bF2ilyXEvmhi79zZxlutr8jhfURcDP6txdzIJIRpw+58vFjEdhJFmkr3dyVzlzvEEyz585&#10;c2z2JBMep61n+vj0OZuirH5M8rVDDy5mV0lWNd9SqA+KP/9UVuqyL8zJxIs/Gb7NOgWKPsep40nf&#10;Fbw+snk/PqM+Nj7wdlOe61NTj6ovaUKHTLNfkyV+K3xPfVbqnkgu08LBgS9mi/8w833VO2mX5SpN&#10;m51c9Q0HdzLvpd0SdZ8cumPzbvWJeVY1O65XWV7s+tTqrv6qS/3++qz1udJpX+WLL+pCq58D8CNM&#10;fgscCoBnAIfY9CQc/pOu2AAiPRGG+ERATkrXY676YXAJakT6HvBKiJSRz4R8BkS+khFuG6luBQDR&#10;QnJykOTBICSx6UmQvE+NnhAhUAqkiUi4PFAH7gAxigwOfcEjdSOMzIzSixjzuTAQtzicGg5lA8OP&#10;VRGvrm+qziCNjQ8CkQaIeigOuBdxaEHCmycD11XU1uINnKhYj3vcVYceRlu6ykhPGOrSQ7YdTklE&#10;/PXDqdeMpjswg40PYkYNm2oA7aDHc72Q+4atAs6Cno7jIbSbxk8QBW5NKaQT6Sg1OIyOs/iZrhyD&#10;LDFqbAd+tGYhWTgcF3RQEwrpslDL/9BjEe9pLUM5DIjxNR1ZzjlGCQ+VPIwZLaEPxgwLQtf3AUKM&#10;UyGDWO8xTY2ZMAgiVkd1T+IZCvAIrGWerhbvEbipJ5T2aEO8Nm7qvAsgpT2fGjbG8zni2Doee0To&#10;uL3jI8PH7Z1PLYRshNK9VIY4QCYdksrwwFGBB6CTfpJR6EJLYSxt9RPj0FR6DPQEd0F7WhgNYPNJ&#10;uQxmki36yFawT02wM4Fs1lAuwz9Aex2QU/MCFskaiK7LfKYOvBOIEgk4xJgWiEjhPZCNOzFGlMNA&#10;xCYAYv+AfAgjSuQPuCc0IyKc9PxeBgObKKJkHLQVPDBUP4kOA59S9ir9bBlRJc6nl92Vw7MM2PQk&#10;IA5ndzUkTZLDZSJg/UEaExAKlAECVv85MPmKwhwX6d06Y2dH6cmN0rKJV+7JRWx6BkwKJHdJOPIo&#10;klxParTjdeSGhikxHxGw5xiuX3GP+UGTRLaQnB4khyOYQxK9h4/XOoe3E4jYpMZrH4FM+BzcyHno&#10;2wEbM8dtWmF6AzZNfw6EMNg0MjkKzpjAFKyKql03YEKljlty9AwohcfCQA3mwynCJ2nIV1KGHM6D&#10;qJ7pteQ4OXL0hskRm54BkizQSWt4VlxAgz6ihaQyzhBRRoEvQxVMjY1JFnKYFMhWg0/GwS0mp4fJ&#10;4QAblqbxMelGkY5rMHQHnp5h24FJ338u04rFpDJ9TXroBkKGhm41dj4+6TMca9PQzbhOiGtvXy/W&#10;pplonf8JYPN7jnQ4xm7MFRFRWp7UA8X05CRFvgOY1I6nMTEpPbhN9dANVcn8sAdJIybxOhe1/W7M&#10;+ZlXKsKhgdtCss5jTBCSw0N38MShu+/uIyD6dWp8GIjC86Oo/qHGBKKNtI1He8rDNeLZQWp84nB9&#10;D4ci8topGnhMVVqnqxubSWvmBlLoXNPI4YydtZ54yscfBiI2jRzLMD/yfQm3IBkpXPI99zApzCjt&#10;cUxfP+AkfFrKJxBQpJFoNKkNrycXXgcIHoZk4yEm1h1GiuFQhiAZGEiqzHg/5VNDEmUbESxpJtoY&#10;c8B+ZTE5+fA6ADENYVKJuDFDGYVJF0q1ocleZrzBJCayQ7/OXltMviyfDwbPQUyqcXVsTNbeXD10&#10;9zFpigAwVxN5zzNdEzApkP+08XUdNk4uvqYpO02Tv1FR5T/yOwcvtSryI4qIneoOr1OVpnm9W1lM&#10;ky2makmy0OcoGyAWRAWK7OGNBcgAUjUn5RkFQx3dA9MxBQqchyuX9nvB08az3fGCkxXcub2Y+QLp&#10;TmUgf6KbHDGZKgJGOTOl8ui23V+SvJPntl3eR+MtbyupB9Fc3V3dGazoSmVtecC1Lzfz9yvUh/8U&#10;l9WHuEDZN15EQ4TqF/xbpjmuTm4ezZybvPjfrtfp/aiyx9aZc4tmBBez8r+f4iKZOem/MtTfhwEK&#10;E9C9QD2RwkNZglN0t1x1t2Sf1pc5gj4AF99OPcR3Kqq0frgs8vUf6Jvwlj4Vm+Jsjs+GMaB+eFnp&#10;FgnouzBP3r5Vb0K/gk1c/ZR9pO4DuiKdCqt+u/sjLjamtKrCLfdzXlf836vQ0+8lnGb5209Vvlw1&#10;aNO/qoHetyv/plmtsdgCUR2kkLZaIekWCKn4pZPuiAQunXFbiVBA9+/X8pYvBozT20TzrWtRDuQL&#10;3eeiHmIOpQ1LA9Tk41t3gXAbIfv1qgFNHUQQGh6ACdjTLo0OD6DckMEOqXUDGpMg3UCj7mDnEcsD&#10;R88DTTRkeUAhvZUOU5IDDM6WUfVAYGpJmRf5KIai27zDA9ADPjXhoPhBcl/qEhbLA5oMTy1+UHpA&#10;hZAUXlkemDQPNDUao+gBOJD0dDwMIrjN+5bOLT0QMmT5rR44whr1x8QFTaGP5YFJ80BTjvD1PIA5&#10;PmpDorKJqNCP+M78ACqwlB6AkRZVgpYHTpwHmpoWywNT5gE2ZlwQBvDnIfEI1c9DOPXQTmE7LvAk&#10;uvNh8lXHBSj0eGDO3+YHjj4/0Dg/LQ9MmgfG1AMdHkCPTVRm9/MD2zwQhg/50SwPHD0PNAWFlgcm&#10;zQNNXckIcQF4IPRN3Ujgi2A/D6CypOnuMeC3sjxw9DyghgKbJzR+FN3DdXr2AYYOP+PNF4AHhK89&#10;l5JTBc9ePeBGaGdh8wMnnh9QqWLLA5PnAaT1RvMRUfMF4zqUfsjZvTwh4gKfnEsqPxAKtLizPHDi&#10;PMCashMbGEw5MKC6iLGIoNtrlYfoQYSCjK1EYcgCTt3klP84RI8OywPH2Nv6MfOGukGfFQRTFwTo&#10;JDYuD9T1/MKl/t73eMClkkWlB7DkAWoStIXG5gdgpjpJH5FefMDywOR5YEQjkdIDNQ+ELroP9QqS&#10;oAcsD3TWz9guEzhNHrCGQjhqVQsFPeRN1FiMXN5oekDCKwy3sDEQeF6og8PWWBx5bhjUcQH6Xejt&#10;1lesEXKaPGANhUfBA5i6G5EHsJRivSyecGkZz+24ACseQybouACJAmQLbFxw6nlCayg8Dh4YMU9I&#10;ekBGuuAQBUVhxHqGQvAA5hEaHnD1QpxWD5yyHrCGwuPggRELj1VcQOM9lRO6UtxbJxdxAc0R6Dyh&#10;9RHNXkJ+wBoKj4MHRpwvIB6o13ySHi1d0mtEsqUHsJStjQuOck3cR80bWkPhcfDAiHlCpAQCYfQA&#10;/AMRZg638wNYKZCHjYFAhqFezNUGBqccGFhH4XEQwYiOQkUE9coUaGNI6+YC4u2EwRYR2EzhxUuI&#10;DLSJxDoIpu4goIWMxnIUEhFItBdXbZ09iTUN+61IuoqAY3F37TOxiuCEFYF2j1simDwRjDhlsEUE&#10;YYBqo16KYFsRYJ7Rs3OHp+4t5rZJ4VGEBtRLbExFQEvRqDkD2AeZ6HkIekQgI9uM5OSThdyaCo+C&#10;CFD/OxoRoENp4EWmO1koeMCVk6STI2CSC1rwQ1UbSde13ctPnwisq/A4iGDM0MCnNb6NudhOGpj6&#10;ITTvxYIxL3DVE9W1WI8FNkUw9RSBP6KbiASBL6AwaHEjjgzAvcgAgoBRH0MSBF4I04GaY7a5wlPO&#10;FVpb4XEIghFTBFtEAI9AhChhe/awSwSSuz5XstESwSkTgfUVHgcRwA48Vq6wSwRShF6gF1bcThE0&#10;ioBbY+GLsBFYY+FxEMGInYs1ESDnQIUGAZhAD/jDRGBanFtFcMqKwBoLj4IIghFDA0G5QrNKPAcL&#10;IBuwHRls2YkE1jlSstHywAnzAFJGODubK5x6rpAahIwVGSgeQCaQUoXUj0RPDXb0wBYPhIGrW5xb&#10;HjhlHlCOMssDk+eBEQMDxQOmEUEkpYdVkPfogdBHTxJ6g+WBU+YB6yo8hrgANcKjyYFIeAEWOyY5&#10;gAZEkUQz1G0aoOaFaEpmGhF4PhY7szRQ1Vx4kg3KNAasHJi4HGjEwMeqiFfXN5VzmWdZMq/ywmla&#10;S81//nyZfShwy9L1LDcfCiompGbDzjJdbX7HbT+jV/Ll0oFrBvUFMtRtSbgfoS1JL0vgc5QX1Oug&#10;s+iB5sXpKkvU0XtNH39M8jV9aJrR/zJPV4v3qzRVT+Y3SactaHVX32mdd0GD0J5n7RmpR9WXNNFH&#10;/TVZahOQPrdy+5hH2kqk/SmWeVbhFOtfQJ93e7sSPdOz23KjrzoeOHfrNMNLm/JidlNVm/OzM/Wr&#10;xOXr9Wpe5GW+rF7P8/UZcLCaJ2e3ebE44yB+9WhT5POkLFfZ9cebeEOXlI4PaH0olOcIaSUdnu5A&#10;YuNCGEYiXbQWfx6qHWk4IvxJ3Sa/jU7NQMRExPgDA5EFX3KZFs7nOO3XyCbLJVhCISg+N2DS98t6&#10;leWFumN798yEwUfiZBB9up2qQesAEXbgh5WcI+YaZ7UP9wQ6LmzJoQ7+8La9Qsji74Xgr1HjO9iv&#10;XQPiIPrjTPhoBNLwn6eT8Lv57wHnjsXfC8FfYyTdhb8moj8If8LHclUoKdLjL9axwVqXA/zn6nr0&#10;4XyQxd8LwV8zSbkLf0152kH4kxH3fJrtMPpvD//R6gl2/IVybtSclnAH1D00e5DyOX79ty8OZv1A&#10;mE45yRaXd5mKXJiL0dvUixCaOkpxIGL+J0XMO2Nnhp5ckmnxGHEOLt3mTta07/JZ+ID/3pLnCyFP&#10;zK7ui14ax95B9BkwHrhmeWoVPve7SbbhC73N0qelzxlD26DRZhN8RC++mU5AG8MwiHr6ERRJS5zo&#10;OiQfLY6VPhgWkXZ59IMqGZfInpp8TjO418MajXi9bM52BrTZ43A58Jh2pkINgzSw2uVQoTAmuz46&#10;KaGxTEaQVZJR7xPo+J1SCPZCD22KdIOC0Ef14v7RyPLA8fNAI8UtD0yZB7AiyWg8gEWNfA8agHhA&#10;wnOsu5e36UwWSBHUekC4IvAeSGpaHjh+HmhmBC0PTJgHZBMW7EjrYSOCx06yxDzr+gtITZpZXdgI&#10;sACqlgMhZwwzHNihpQHf8yJErkYO+P5DDQz3Z0ee6gtoRe0jXD3tTo/U4O2OT9DfU56ORWN6M378&#10;kF7ltx1TCtM96/fDxinyCik2N3Tpb3emLYiQKEajExpWMF0h7zXAMlCSqHnRGcDhCPMKrSIb34xo&#10;3SqEz+uFOZN48Scl/dZpfDHDhLojvQgno3uv4dDK3tLcy9rdYlHYhnyUaKJn386RwshEoqOZeyhs&#10;u2kPJ9UOQSHWcgUGDAqR62D9NmwWhcTxtdlkTz7iZLkQrXoHUdjUXHwlCuHI86m7IHGhJyLPorC2&#10;DNoRWc9xNQHdPSpsUnMGgzTolVU9OUY+czU3Vsu17rwZ1Jzapn/szpg+MG/Wd5ryQKCLZe08B5Vi&#10;1cstUSj9AD1u8RWoZxV30avmAcPV0EhOo4/Oum37Tmn58XdxeaMtcuk1PTZZqK+xl7ZkZmXk0y2l&#10;g5jdD1lGayi1mN0/n9uJULB+QiikjlCwqEqABZi30chhDPRQLkVgxByG+zg08lZX9tFodeJfqROp&#10;nfageRQbcbU61GaedaNc5QRQnoAumsBtEbEnwCKZG/CoZ6NHCOzR2h6Epq+ysVj0DKAHP8wcdve5&#10;4v7rIt7crObv4iruPldRyXnC85s8XSTFm/8DAAD//wMAUEsDBBQABgAIAAAAIQB6aFT24QAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb4JAEIbvTfofNmPSmy6iQUpZTGvjpTeE1OvCrkBkZwm7&#10;Ku2v73iyt/l48s4z6XYyPbvq0XUWBSwXATCNtVUdNgLKYj+PgTkvUcneohbwox1ss+enVCbK3jDX&#10;14NvGIWgS6SA1vsh4dzVrTbSLeygkXYnOxrpqR0brkZ5o3DT8zAIIm5kh3ShlYPetbo+Hy5GQLH/&#10;2EXf+fH4VW1OUVnWny4vfoV4mU3vb8C8nvwDhrs+qUNGTpW9oHKsFzBfvy4JpSIMI2B3Yh1vaFQJ&#10;iIPVCniW8v9PZH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJTJPQgoSAAAi+QAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemhU9uEAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAABkFAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHIVAAAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:88696;height:50190;visibility:visible;mso-wrap-style:square">
+                <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:97548;height:52444;visibility:visible;mso-wrap-style:square">
                   <v:fill o:detectmouseclick="t"/>
                   <v:path o:connecttype="none"/>
                 </v:shape>
+                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                  </v:formulas>
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <v:handles>
+                    <v:h position="#0,center"/>
+                  </v:handles>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="Elbow Connector 125" o:spid="_x0000_s1028" type="#_x0000_t34" style="position:absolute;left:79492;top:29894;width:41;height:5413;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCujHVlwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCF4WTVUUqaYiwi6Ce/EFHodmbEubSWlirf/eLAje5uN7zmrdmUq01LjCsoLxKAJBnFpd&#10;cKbgfPoZLkA4j6yxskwKnuRgnfS+Vhhr++ADtUefiRDCLkYFufd1LKVLczLoRrYmDtzNNgZ9gE0m&#10;dYOPEG4qOYmiuTRYcGjIsaZtTml5vBsF7d/z/L3d7Ke7tjTubrPqdP29KDXod5slCE+d/4jf7p0O&#10;8ycz+H8mXCCTFwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCujHVlwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="1179430" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 130" o:spid="_x0000_s1029" type="#_x0000_t34" style="position:absolute;left:79538;top:44051;width:47;height:4961;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQByIro0xgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlXiHlZF6KxtAhSplQfyoUrkUkfIAJuvmh6w3yi6Q9unrQ6XebM145vNi1btG3agLlWcD41EC&#10;ijj3tuLCwOnz7ekFVIjIFhvPZOCbAqyWg4cFptbf+Ui3LBZKQjikaKCMsU21DnlJDsPIt8SiffnO&#10;YZS1K7Tt8C7hrtGTJJlphxVLQ4ktbUvKL9nVGfiZj/fnTZ1zHa/7+nm23n0Uh9qYx2G/fgUVqY//&#10;5r/rdyv4U8GXZ2QCvfwFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAciK6NMYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" adj="-1060743" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 127" o:spid="_x0000_s1030" type="#_x0000_t34" style="position:absolute;left:79533;top:39302;width:5;height:4633;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAa6AZrwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTVBFdukbRyqoHPdjt3odmbIvNpDRZrf/eCIK3ebzPmS87U4srta6yrGA0jEAQ51ZX&#10;XCjIfn8GXyCcR9ZYWyYFd3KwXHz05hhre+MTXVNfiBDCLkYFpfdNLKXLSzLohrYhDtzZtgZ9gG0h&#10;dYu3EG5qOY6iqTRYcWgosaGkpPyS/hsFh/3kTvKv2Jok2W3W9fQYZZlXqv/Zrb5BeOr8W/xy73WY&#10;P57B85lwgVw8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABroBmvBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" adj="9916911" strokecolor="black [3040]"/>
+                <v:line id="Straight Connector 47" o:spid="_x0000_s1031" style="position:absolute;visibility:visible;mso-wrap-style:square" from="77259,35470" to="77259,39722" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+XjoVwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/0P4RT6VrPaeluNIqWlok/e3g+b4+7i5mRNUk3/fSMIPg4z8w0znUfTiAs5X1tW0O1kIIgL&#10;q2suFex3328jED4ga2wsk4I/8jCfPT9NMdf2yhu6bEMpEoR9jgqqENpcSl9UZNB3bEucvKN1BkOS&#10;rpTa4TXBTSN7WTaQBmtOCxW29FlRcdr+mkTpHs5G/pzGeFi5tft6H8R+PCv1+hIXExCBYniE7+2l&#10;VvAxhNuX9APk7B8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB+XjoVwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3040]"/>
+                <v:line id="Straight Connector 50" o:spid="_x0000_s1032" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="50582,3721" to="50611,8518" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA+UJ5vvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4gjtNHdCRahQRhEFRxtfC3aW5fWBzU5po69+bheDycN7zZWtK8aTaFZYVjIYRCOLE6oIz&#10;BZfzZjAF4TyyxtIyKXiRg+Wi25ljrG3DR3qefCZCCLsYFeTeV7GULsnJoBvaijhwqa0N+gDrTOoa&#10;mxBuSvkTRRNpsODQkGNF65yS++lhFKTuUa1vV+3T3+3+uE932QGbf6X6vXY1A+Gp9V/xx/2nFYzD&#10;+vAl/AC5eAMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA+UJ5vvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" strokecolor="black [3040]"/>
+                <v:line id="Straight Connector 49" o:spid="_x0000_s1033" style="position:absolute;visibility:visible;mso-wrap-style:square" from="83401,8519" to="83401,28225" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBgjQv8wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEJvNau1oqtRRCyWevLf/bF57i5uXtYk1fjtTaHQ4zAzv2Fmi2gacSPna8sK+r0MBHFh&#10;dc2lguPh820MwgdkjY1lUvAgD4t552WGubZ33tFtH0qRIOxzVFCF0OZS+qIig75nW+Lkna0zGJJ0&#10;pdQO7wluGjnIspE0WHNaqLClVUXFZf9jEqV/uhq5uUzw9O22bv0+ih/xqtRrNy6nIALF8B/+a39p&#10;BcMJ/H5JP0DOnwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBgjQv8wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3040]"/>
+                <v:line id="Straight Connector 34" o:spid="_x0000_s1034" style="position:absolute;visibility:visible;mso-wrap-style:square" from="17806,8153" to="17806,26933" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAqxd9bxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kbbGomuEgShtSet4vWRfSbR7Nuwu41pf71bKPQ4zMw3zGLVm0Z05HxtWcF4lIAg&#10;LqyuuVRw+Nw8zUD4gKyxsUwKvsnDajl4WGCm7Y131O1DKSKEfYYKqhDaTEpfVGTQj2xLHL2zdQZD&#10;lK6U2uEtwk0jJ0kylQZrjgsVtrSuqLjuv4yCWbG9uDzN38evxzb96SYf080pVepx2OdzEIH68B/+&#10;a79pBc8v8Psl/gC5vAMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAqxd9bxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="black [3213]"/>
+                <v:shape id="Elbow Connector 137" o:spid="_x0000_s1035" type="#_x0000_t34" style="position:absolute;left:57067;top:34980;width:127;height:5321;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCE2/LXwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4L/Q9hCr0UzW4VldUorbbgRcHnediMm6WbybJJdf33Rih4m4/vOdN5aytxocaXjhWkvQQEce50&#10;yYWCw/6nOwbhA7LGyjEpuJGH+eylM8VMuytv6bILhYgh7DNUYEKoMyl9bsii77maOHJn11gMETaF&#10;1A1eY7it5EeSDKXFkmODwZoWhvLf3Z9VcPxKN0szOKFJD/3v9+16sRwfb0q9vbafExCB2vAU/7tX&#10;Os7vj+DxTLxAzu4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhNvy18MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="388800" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 136" o:spid="_x0000_s1036" type="#_x0000_t34" style="position:absolute;left:57194;top:30016;width:127;height:4794;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDrl1dMwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHqRuokWkegq9QVeKsRHz0N2zIZmZ0N2q/Hfu4WCt/n4njNbdLYWV2p95VhBOkhAEBdO&#10;V1wqOB237xMQPiBrrB2Tgjt5WMxfejPMtLtxTtdDKEUMYZ+hAhNCk0npC0MW/cA1xJG7uNZiiLAt&#10;pW7xFsNtLYdJMpYWK44NBhtaGSp+Dr9WwXmZ7tfm4xtNehpt+vnXaj0535V6e+0+pyACdeEp/nfv&#10;dJw/GsPfM/ECOX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA65dXTMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="388800" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 146" o:spid="_x0000_s1037" type="#_x0000_t34" style="position:absolute;left:44592;top:30045;width:0;height:12181;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC03F45wAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/bisIw&#10;EH0X9h/CLOybpitSpBpFZMX1RfHyAUMzttVmUpuo8e+NIPg2h3Od8TSYWtyodZVlBb+9BARxbnXF&#10;hYLDftEdgnAeWWNtmRQ8yMF08tUZY6btnbd02/lCxBB2GSoovW8yKV1ekkHXsw1x5I62NegjbAup&#10;W7zHcFPLfpKk0mDFsaHEhuYl5efd1Sj4uxSn9SLdLzdy5Tlsj8N8EJxSP99hNgLhKfiP+O3+13H+&#10;IIXXM/ECOXkCAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtNxeOcAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" adj="1645941600" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 145" o:spid="_x0000_s1038" type="#_x0000_t34" style="position:absolute;left:44592;top:30137;width:1;height:7852;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKHpniwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X/A9hhF6KJq1VymqUpaDba30cehs34+7iZrIkUdd/3xQK3ubje85i1dtWXMmHxrGG17ECQVw6&#10;03ClYb9bjz5AhIhssHVMGu4UYLUcPC0wM+7G33TdxkqkEA4Zaqhj7DIpQ1mTxTB2HXHiTs5bjAn6&#10;ShqPtxRuW/mm1ExabDg11NjRZ03leXuxGvLp5FhIX/wcaHc895tcFZsXpfXzsM/nICL18SH+d3+Z&#10;NP99Cn/PpAvk8hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCKHpniwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="-41493781" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 144" o:spid="_x0000_s1039" type="#_x0000_t34" style="position:absolute;left:44593;top:29942;width:91;height:4057;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6nMTHwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCHtbU0WKVKMsirCil61evA3N2JZtJqFJbf33RhD2No/3OavNYBpxp9bXlhVMJwkI4sLq&#10;mksFl/P+awHCB2SNjWVS8CAPm/XoY4WZtj3/0j0PpYgh7DNUUIXgMil9UZFBP7GOOHI32xoMEbal&#10;1C32Mdw0cpYkqTRYc2yo0NG2ouIv74yC1D3KXX4gfzz2nTsdFunsGlKlPsfD9xJEoCH8i9/uHx3n&#10;z+fweiZeINdPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADqcxMfBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" adj="-543627" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 147" o:spid="_x0000_s1040" type="#_x0000_t34" style="position:absolute;left:44592;top:29942;width:0;height:16701;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWiA4BwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgrc1VUTXahQRBWFd2KoHj0MzNsVmUpqo9d9vFha8zeN9zmLV2ko8qPGlYwXDQQKCOHe6&#10;5ELB+bT7+AThA7LGyjEpeJGH1bLbWWCq3ZMzehxDIWII+xQVmBDqVEqfG7LoB64mjtzVNRZDhE0h&#10;dYPPGG4rOUqSibRYcmwwWNPGUH473q0CF7Z+9m30vZ4eZl+HH9dO/CVTqt9r13MQgdrwFv+79zrO&#10;H0/h75l4gVz+AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJaIDgHBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" adj="-2147483648" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 155" o:spid="_x0000_s1041" type="#_x0000_t34" style="position:absolute;left:32113;top:30071;width:0;height:3519;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxPqxWwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qxoKlxKwiYtXSXowK8TZkxySYnQ3ZNab99d1Cwds83ucki97UoqPWVZYVTMYRCOLc&#10;6ooLBcfD+/MbCOeRNdaWScE3OVjMB08JxtreeU9d6gsRQtjFqKD0vomldHlJBt3YNsSBu9jWoA+w&#10;LaRu8R7CTS1fouhVGqw4NJTY0Kqk/JrejAI8m9Mu+/jx647Pn1/ZNi02+Uqp0bBfzkB46v1D/O/e&#10;6TB/OoW/Z8IFcv4LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcT6sVsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-96818824" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 157" o:spid="_x0000_s1042" type="#_x0000_t34" style="position:absolute;left:32111;top:29805;width:2;height:9765;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDZFKRqwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4X/B/CDXzTdKJzdEbZREGHOHRzz0dza4rNpTSx1v31ZiDs7T6+nzedt7YUDdW+cKzgcZCAIM6c&#10;LjhX8PW56j+D8AFZY+mYFFzJw3zW7Uwx1e7Ce2oOIRcxhH2KCkwIVSqlzwxZ9ANXEUfux9UWQ4R1&#10;LnWNlxhuSzlMkidpseDYYLCihaHsdDhbBXxe7j72hhb43mw3v2+j4zdPjkr1HtrXFxCB2vAvvrvX&#10;Os4fT+DvmXiBnN0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2RSkasMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-39502080" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 156" o:spid="_x0000_s1043" type="#_x0000_t34" style="position:absolute;left:32109;top:29975;width:2;height:6661;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC2WAHxwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/bagIx&#10;EH0v9B/CCH2rWUu1shpFpYW2SMXr87AZN0s3k2UT161fb4SCb3M41xlPW1uKhmpfOFbQ6yYgiDOn&#10;C84V7LYfz0MQPiBrLB2Tgj/yMJ08Powx1e7Ma2o2IRcxhH2KCkwIVSqlzwxZ9F1XEUfu6GqLIcI6&#10;l7rGcwy3pXxJkoG0WHBsMFjRwlD2uzlZBXx6/1mtDS3wu1l+Xeav+wO/7ZV66rSzEYhAbbiL/92f&#10;Os7vD+D2TLxATq4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtlgB8cMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-39502080" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 158" o:spid="_x0000_s1044" type="#_x0000_t34" style="position:absolute;left:32111;top:29894;width:0;height:12741;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKNr74yQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvgt9hGaGXUjdW+ofUVWyL0CJCqy3ibchOk2B2NmbXmPrpO4eCtxnem/d+M5l1rlItNaH0bGA0&#10;TEARZ96WnBv42ixuHkGFiGyx8kwGfinAbNrvTTC1/sSf1K5jriSEQ4oGihjrVOuQFeQwDH1NLNqP&#10;bxxGWZtc2wZPEu4qfZsk99phydJQYE0vBWX79dEZ2B0Wx/b6+du/bzfLB3cYn1cf+1djrgbd/AlU&#10;pC5ezP/Xb1bw74RWnpEJ9PQPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAija++MkAAADc&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" adj="-95184288" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 177" o:spid="_x0000_s1045" type="#_x0000_t34" style="position:absolute;left:4522;top:30116;width:0;height:6883;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCdR8pQwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JasMw&#10;EL0X+g9iCrmURI4DTeJGMcFJoZcesnzAYE1sU2tkJHnJ31eFQm/zeOvs8sm0YiDnG8sKlosEBHFp&#10;dcOVgtv1Y74B4QOyxtYyKXiQh3z//LTDTNuRzzRcQiViCPsMFdQhdJmUvqzJoF/Yjjhyd+sMhghd&#10;JbXDMYabVqZJ8iYNNhwbauyoqKn8vvRGwcm0r67ZDHaV9p6+itWVtv1RqdnLdHgHEWgK/+I/96eO&#10;89dr+H0mXiD3PwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCdR8pQwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="-2147483648" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 176" o:spid="_x0000_s1046" type="#_x0000_t34" style="position:absolute;left:4522;top:30116;width:0;height:3570;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3qGEnwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LCL2ZjT3EJs0qpVQQaqGJHjwO2Wk2NDsbsqvGf+8WCr3N431OuZlsLy40+s6xgmWSgiBu&#10;nO64VXA8bBfPIHxA1tg7JgU38rBZP8xKLLS7ckWXOrQihrAvUIEJYSik9I0hiz5xA3Hkvt1oMUQ4&#10;tlKPeI3htpdPaZpJix3HBoMDvRlqfuqzVeDCu88/jT4Pq33+sf9yU+ZPlVKP8+n1BUSgKfyL/9w7&#10;HeevMvh9Jl4g13cAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN6hhJ8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-2147483648" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 178" o:spid="_x0000_s1047" type="#_x0000_t34" style="position:absolute;left:4395;top:30027;width:127;height:10744;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjLt9lxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQq9SN2kLVaiq7RaoRcFrfY8ZMdsaHY2ZLca/71zEHqb4b1575vpvPeNOlEX68AG8mEG&#10;irgMtubKwP579TQGFROyxSYwGbhQhPns/m6KhQ1n3tJplyolIRwLNOBSagutY+nIYxyGlli0Y+g8&#10;Jlm7StsOzxLuG/2cZSPtsWZpcNjSwlH5u/vzBg4f+WbpXn/Q5fuXz8F2vViODxdjHh/69wmoRH36&#10;N9+uv6zgvwmtPCMT6NkVAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYy7fZcYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" adj="388800" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 168" o:spid="_x0000_s1048" type="#_x0000_t34" style="position:absolute;left:16966;top:30027;width:0;height:5248;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCa05FfxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3urGKldRVpCC0hx5iPfQ4ZMckmJ0Nu1NN/33nUOhthvfmvW+2+zH05kYpd5EdLOYF&#10;GOI6+o4bB+fP4+MGTBZkj31kcvBDGfa7ycMWSx/vXNHtJI3REM4lOmhFhtLaXLcUMM/jQKzaJaaA&#10;omtqrE941/DQ26eiWNuAHWtDiwO9tlRfT9/BwXOV7Pt5FaTajKvl4usiGI8fzs2m4+EFjNAo/+a/&#10;6zev+Gul1Wd0Arv7BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJrTkV/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="-159282581" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 170" o:spid="_x0000_s1049" type="#_x0000_t34" style="position:absolute;left:16967;top:29942;width:0;height:10895;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhfAuExQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasNA&#10;DITvhbzDokBvzTo/NMHNJpRCID304DSHHoVXsU29WrOrJO7bV4dCbxIzmvm03Y+hNzdKuYvsYD4r&#10;wBDX0XfcODh/Hp42YLIge+wjk4MfyrDfTR62WPp454puJ2mMhnAu0UErMpTW5rqlgHkWB2LVLjEF&#10;FF1TY33Cu4aH3i6K4tkG7FgbWhzoraX6+3QNDtZVsu/nVZBqM66W86+LYDx8OPc4HV9fwAiN8m/+&#10;uz56xV8rvj6jE9jdLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDhfAuExQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" adj="-159282581" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 171" o:spid="_x0000_s1050" type="#_x0000_t34" style="position:absolute;left:16967;top:30027;width:0;height:15269;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOMK4fwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WEXqrm7SikmaVUhDsoYeohx6H7OSB2dmwO2r677uFgrf5+J5Tbic3qCuF2Hs2kM8zUMS1&#10;tz23Bk7H3fMaVBRki4NnMvBDEbabx4cSC+tvXNH1IK1KIRwLNNCJjIXWse7IYZz7kThxjQ8OJcHQ&#10;ahvwlsLdoF+ybKkd9pwaOhzpo6P6fLg4A6sq6M/Twkm1nhav+Xcj6HdfxjzNpvc3UEKT3MX/7r1N&#10;81c5/D2TLtCbXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCOMK4fwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="-159282581" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 172" o:spid="_x0000_s1051" type="#_x0000_t34" style="position:absolute;left:16966;top:30027;width:1;height:18796;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA82Mu9wwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VjbZViW6CiEJPFh8Xb0N2zAazsyG7JvHfdwuF3ubje846H2wtOmp95VjBdJKAIC6c&#10;rrhUcDnv35YgfEDWWDsmBU/ykGejlzWm2vV8pO4UShFD2KeowITQpFL6wpBFP3ENceRurrUYImxL&#10;qVvsY7it5SxJ5tJixbHBYENbQ8X99LAKrh/14Xw8PDb6vWqk2e4+l/Pvq1Kv42GzAhFoCP/iP/eX&#10;jvMXM/h9Jl4gsx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPNjLvcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-154305000" strokecolor="black [3040]"/>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:37465;width:17440;height:3139;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDobHI0xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mijYymoUFaX10MOqqMfH5rm7uHlZNlG3/vqmUOhxmJlvmOm8tZW4U+NLxxoGfQWC&#10;OHOm5FzDYb95HYPwAdlg5Zg0fJOH+azzMsXEuAendN+FXEQI+wQ1FCHUiZQ+K8ii77uaOHoX11gM&#10;UTa5NA0+ItxWcqjUm7RYclwosKZVQdl1d7MaTl/v6YfanuXt5I/L9eKpUskHrXvddjEBEagN/+G/&#10;9qfRMBrA75f4A+TsBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOhscjTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;left:41862;top:582;width:17441;height:3139;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDobHI0xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mijYymoUFaX10MOqqMfH5rm7uHlZNlG3/vqmUOhxmJlvmOm8tZW4U+NLxxoGfQWC&#10;OHOm5FzDYb95HYPwAdlg5Zg0fJOH+azzMsXEuAendN+FXEQI+wQ1FCHUiZQ+K8ii77uaOHoX11gM&#10;UTa5NA0+ItxWcqjUm7RYclwosKZVQdl1d7MaTl/v6YfanuXt5I/L9eKpUskHrXvddjEBEagN/+G/&#10;9qfRMBrA75f4A+TsBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOhscjTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="40F357A6" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t>Board of Directors</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="5276536B" w14:textId="77777777" w:rsidR="00423249" w:rsidRPr="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t>Kingston Health Sciences Centre</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:71883;top:6195;width:14737;height:3837;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCC72EzwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE89b8Iw&#10;EN0r9T9Yh9St2DC0NMQgiloBQ4cAIoyn+Egi4nMUG0j59fWA1PHpfafz3jbiSp2vHWsYDRUI4sKZ&#10;mksN+9336wSED8gGG8ek4Zc8zGfPTykmxt04o+s2lCKGsE9QQxVCm0jpi4os+qFriSN3cp3FEGFX&#10;StPhLYbbRo6VepMWa44NFba0rKg4by9WQ/7znq3U5igvuT98fi3uKpO81/pl0C+mIAL14V/8cK+N&#10;ho84Nn6JP0DO/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCC72EzwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;left:74168;top:11673;width:19336;height:3837;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCC72EzwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE89b8Iw&#10;EN0r9T9Yh9St2DC0NMQgiloBQ4cAIoyn+Egi4nMUG0j59fWA1PHpfafz3jbiSp2vHWsYDRUI4sKZ&#10;mksN+9336wSED8gGG8ek4Zc8zGfPTykmxt04o+s2lCKGsE9QQxVCm0jpi4os+qFriSN3cp3FEGFX&#10;StPhLYbbRo6VepMWa44NFba0rKg4by9WQ/7znq3U5igvuT98fi3uKpO81/pl0C+mIAL14V/8cK+N&#10;ho84Nn6JP0DO/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCC72EzwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="48E13470" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Executive VP of Medical &amp; Academic Affairs &amp; Chief of Staff</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="02A598AA" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Dr. Michael Fitzpatrick</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:20560;top:5143;width:16045;height:3086;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBkmkFzxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFLzVXXvQkmYjVirWQw/RoD0O2TEJZmdDdtW0v75bKHibx/ucdDHYVlyp941jDdOJAkFc&#10;OtNwpaHYr59eQPiAbLB1TBq+ycMiGz2kmBh345yuu1CJGMI+QQ11CF0ipS9rsugnriOO3Mn1FkOE&#10;fSVNj7cYblv5rNRMWmw4NtTY0aqm8ry7WA3Hz3m+UdsveTn6w9v78kflkgutx4/D8hVEoCHcxf/u&#10;DxPnqyn8PRMvkNkvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGSaQXPEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;left:10137;top:13715;width:16042;height:3990;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUSN8ExAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrT3XqokmYjtrRUDx5iQ+1xyI5JMDsbsqvG/vquIHibx/ucdDHYVpyo941jDc8TBYK4&#10;dKbhSkPx/Tmeg/AB2WDrmDRcyMMiexilmBh35pxO21CJGMI+QQ11CF0ipS9rsugnriOO3N71FkOE&#10;fSVNj+cYbls5VepFWmw4NtTY0XtN5WF7tBp2m1n+pda/8rjzP28fyz+VSy60fnoclq8gAg3hLr65&#10;VybOV1O4PhMvkNk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJRI3wTEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
-                      <w:p w14:paraId="5E65F169" w14:textId="2631BABA" w:rsidR="00423249" w:rsidRDefault="007D2A4C" w:rsidP="00423249">
+                      <w:p w14:paraId="703B9D26" w14:textId="21589BCD" w:rsidR="00423249" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
-                          <w:t>President &amp;</w:t>
-[...8 lines deleted...]
-                          <w:t xml:space="preserve"> CEO</w:t>
+                          <w:t>Vice President, Medical and Academic Affairs</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="07EB3C50" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
-[...21 lines deleted...]
-                      <w:p w14:paraId="4542DFC7" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
+                      <w:p w14:paraId="46551EA7" w14:textId="4A85D6EA" w:rsidR="005E7B3D" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
-                          <w:t>Executive Vice President Corporate Services &amp;</w:t>
+                          <w:t>Chris Gillies</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="318FAF0F" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
+                      <w:p w14:paraId="59B315B8" w14:textId="77777777" w:rsidR="005E7B3D" w:rsidRPr="00423249" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...29 lines deleted...]
-                        </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:71883;top:11111;width:14737;height:5058;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD7BHqfxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50Vwu1RFeJ0tJ68BAr1eOQnSah2dmQ3Wjqr+8WhN7m8T5nue5tLS7U+sqxhulEgSDO&#10;nam40HD8eB0/g/AB2WDtmDT8kIf1ajhYYmLclTO6HEIhYgj7BDWUITSJlD4vyaKfuIY4cl+utRgi&#10;bAtpWrzGcFvLmVJP0mLFsaHEhrYl5d+Hzmo47efZm9qdZXfyn5uX9KYyyUetH0Z9ugARqA//4rv7&#10;3cT56hH+nokXyNUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPsEep/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;left:74167;top:15969;width:19337;height:4265;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD7BHqfxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50Vwu1RFeJ0tJ68BAr1eOQnSah2dmQ3Wjqr+8WhN7m8T5nue5tLS7U+sqxhulEgSDO&#10;nam40HD8eB0/g/AB2WDtmDT8kIf1ajhYYmLclTO6HEIhYgj7BDWUITSJlD4vyaKfuIY4cl+utRgi&#10;bAtpWrzGcFvLmVJP0mLFsaHEhrYl5d+Hzmo47efZm9qdZXfyn5uX9KYyyUetH0Z9ugARqA//4rv7&#10;3cT56hH+nokXyNUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPsEep/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="7C87E70F" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Head, Department pf Pathology and Molecular Medicine; Pathologist-in-Chief</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="04B82017" w14:textId="77777777" w:rsidR="00423249" w:rsidRDefault="00423249" w:rsidP="00423249">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Dr. David Berman</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:20563;top:20818;width:16042;height:4360;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB07eLrxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50Vym1RFeJ0tJ68BAr1eOQnSah2dmQ3Wjqr+8WhN7m8T5nue5tLS7U+sqxhulEgSDO&#10;nam40HD8eB0/g/AB2WDtmDT8kIf1ajhYYmLclTO6HEIhYgj7BDWUITSJlD4vyaKfuIY4cl+utRgi&#10;bAtpWrzGcFvLmVJP0mLFsaHEhrYl5d+Hzmo47efZm9qdZXfyn5uX9KYyyUetH0Z9ugARqA//4rv7&#10;3cT56hH+nokXyNUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHTt4uvEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;left:10141;top:22564;width:16042;height:3819;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB07eLrxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50Vym1RFeJ0tJ68BAr1eOQnSah2dmQ3Wjqr+8WhN7m8T5nue5tLS7U+sqxhulEgSDO&#10;nam40HD8eB0/g/AB2WDtmDT8kIf1ajhYYmLclTO6HEIhYgj7BDWUITSJlD4vyaKfuIY4cl+utRgi&#10;bAtpWrzGcFvLmVJP0mLFsaHEhrYl5d+Hzmo47efZm9qdZXfyn5uX9KYyyUetH0Z9ugARqA//4rv7&#10;3cT56hH+nokXyNUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHTt4uvEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
-                      <w:p w14:paraId="5AC1C227" w14:textId="77777777" w:rsidR="00C87EDC" w:rsidRDefault="00C87EDC" w:rsidP="00C87EDC">
+                      <w:p w14:paraId="5AC1C227" w14:textId="6007DF20" w:rsidR="00C87EDC" w:rsidRDefault="00CF254A" w:rsidP="00C87EDC">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
-                          <w:t>Administrative Director,</w:t>
+                          <w:t>Operations</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00C87EDC">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> Director,</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="5642300D" w14:textId="77777777" w:rsidR="00C87EDC" w:rsidRDefault="00C87EDC" w:rsidP="00C87EDC">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Clinical Laboratory Services</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="443A536A" w14:textId="16BA5D92" w:rsidR="00C87EDC" w:rsidRDefault="007371E3" w:rsidP="00C87EDC">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Sherri Wilson</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:71883;top:17158;width:14734;height:6890;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAboUdwxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50V6G1RFeJ0tJ68BAr1eOQnSah2dmQ3Wjqr+8WhN7m8T5nue5tLS7U+sqxhulEgSDO&#10;nam40HD8eB0/g/AB2WDtmDT8kIf1ajhYYmLclTO6HEIhYgj7BDWUITSJlD4vyaKfuIY4cl+utRgi&#10;bAtpWrzGcFvLmVJP0mLFsaHEhrYl5d+Hzmo47efZm9qdZXfyn5uX9KYyyUetH0Z9ugARqA//4rv7&#10;3cT56hH+nokXyNUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABuhR3DEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;left:74285;top:20892;width:19335;height:6138;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAboUdwxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50V6G1RFeJ0tJ68BAr1eOQnSah2dmQ3Wjqr+8WhN7m8T5nue5tLS7U+sqxhulEgSDO&#10;nam40HD8eB0/g/AB2WDtmDT8kIf1ajhYYmLclTO6HEIhYgj7BDWUITSJlD4vyaKfuIY4cl+utRgi&#10;bAtpWrzGcFvLmVJP0mLFsaHEhrYl5d+Hzmo47efZm9qdZXfyn5uX9KYyyUetH0Z9ugARqA//4rv7&#10;3cT56hH+nokXyNUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABuhR3DEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="47989297" w14:textId="77777777" w:rsidR="00C87EDC" w:rsidRDefault="00C87EDC" w:rsidP="00C87EDC">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Medical Director,</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="433C7842" w14:textId="77777777" w:rsidR="00C87EDC" w:rsidRDefault="00C87EDC" w:rsidP="00C87EDC">
@@ -4744,73 +4944,51 @@
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Dr. </w:t>
                         </w:r>
                         <w:r w:rsidR="009845AB">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>David Good</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shapetype id="_x0000_t33" coordsize="21600,21600" o:spt="33" o:oned="t" path="m,l21600,r,21600e" filled="f">
-[...21 lines deleted...]
-                <v:shape id="Text Box 51" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:71839;top:25178;width:15453;height:4298;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+3exCwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd400UKVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+cP3uD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAft3sQsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;left:78752;top:28226;width:15453;height:4298;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+3exCwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd400UKVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+cP3uD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAft3sQsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="3114B1C5" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Service Chief</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="01F49BA0" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
@@ -4832,51 +5010,51 @@
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Division of Anatomical Pathology</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="20030BED" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Dr. Andrea Grin</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;left:71886;top:30520;width:15454;height:4755;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeeNGtwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd40UWiVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+cP3uD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnnjRrcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1059" type="#_x0000_t202" style="position:absolute;left:78752;top:32923;width:15453;height:4289;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeeNGtwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd40UWiVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+cP3uD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnnjRrcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="3CD0416F" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Service Chief</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="1C6B0460" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4892,51 +5070,51 @@
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Division of Clinical Biochemistry</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="509385C8" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Dr. Curtis Oleschuk</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;left:71845;top:36071;width:15453;height:4011;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAB5upBxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLzprj1USbMRW1pqDx5iQ/U4ZMckNDsbsqum/npXEHqbx/ucdDnYVpyo941jDbOpAkFc&#10;OtNwpaH4/pgsQPiAbLB1TBr+yMMyexilmBh35pxO21CJGMI+QQ11CF0ipS9rsuinriOO3MH1FkOE&#10;fSVNj+cYblv5pNSztNhwbKixo7eayt/t0WrYbeb5p/ray+PO/7y+ry4ql1xoPX4cVi8gAg3hX3x3&#10;r02cP5vD7Zl4gcyuAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAHm6kHEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1060" type="#_x0000_t202" style="position:absolute;left:78758;top:37637;width:15454;height:4011;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAB5upBxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLzprj1USbMRW1pqDx5iQ/U4ZMckNDsbsqum/npXEHqbx/ucdDnYVpyo941jDbOpAkFc&#10;OtNwpaH4/pgsQPiAbLB1TBr+yMMyexilmBh35pxO21CJGMI+QQ11CF0ipS9rsuinriOO3MH1FkOE&#10;fSVNj+cYblv5pNSztNhwbKixo7eayt/t0WrYbeb5p/ray+PO/7y+ry4ql1xoPX4cVi8gAg3hX3x3&#10;r02cP5vD7Zl4gcyuAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAHm6kHEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="3B2F6435" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Service Chief</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="242422FE" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
@@ -4946,707 +5124,704 @@
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Division of Hematopathology</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="195F26AB" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Dr. David Good</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;left:71840;top:40674;width:15453;height:4098;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBweX4zxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvk/YfIk/abSRwGFNHQAyBNg4cCmjsaDVeW61xqiZA4dfjwyRutt7ze58ns9436kRdrANbGA4M&#10;KOIiuJpLC/vd6uUNVEzIDpvAZOFCEWbTx4cJZi6cOafTNpVKQjhmaKFKqc20jkVFHuMgtMSi/YbO&#10;Y5K1K7Xr8CzhvtEjY161x5qlocKWFhUVf9ujt3DYjPNPs/7Rx0P8/ljOrybXvLf2+amfv4NK1Ke7&#10;+f/6ywn+UGjlGZlAT28AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcHl+M8YAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1061" type="#_x0000_t202" style="position:absolute;left:78753;top:42226;width:15454;height:4098;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBweX4zxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvk/YfIk/abSRwGFNHQAyBNg4cCmjsaDVeW61xqiZA4dfjwyRutt7ze58ns9436kRdrANbGA4M&#10;KOIiuJpLC/vd6uUNVEzIDpvAZOFCEWbTx4cJZi6cOafTNpVKQjhmaKFKqc20jkVFHuMgtMSi/YbO&#10;Y5K1K7Xr8CzhvtEjY161x5qlocKWFhUVf9ujt3DYjPNPs/7Rx0P8/ljOrybXvLf2+amfv4NK1Ke7&#10;+f/6ywn+UGjlGZlAT28AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcHl+M8YAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="2F74E19D" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Service Chief</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="3200187B" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Division of Microbiology</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="48B7F55C" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
+                      <w:p w14:paraId="48B7F55C" w14:textId="14094FB3" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
-                          <w:t>Dr. Lewis Tomalty</w:t>
+                          <w:t xml:space="preserve">Dr. </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00347F2A">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>Prameet Sheth</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;left:71883;top:45359;width:15457;height:4831;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfNduowwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE89b8Iw&#10;EN2R+A/WVeoGNgwtpBgEqBUwMARQYTzFRxI1PkexgZRfX1dCYrun93mTWWsrcaXGl441DPoKBHHm&#10;TMm5hsP+qzcC4QOywcoxafglD7NptzPBxLgbp3TdhVzEEPYJaihCqBMpfVaQRd93NXHkzq6xGCJs&#10;cmkavMVwW8mhUm/SYsmxocCalgVlP7uL1XDcvqcrtTnJy9F/Lz7nd5VKPmj9+tLOP0AEasNT/HCv&#10;TZw/GMP/M/ECOf0DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHzXbqMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1062" type="#_x0000_t202" style="position:absolute;left:78800;top:46821;width:15457;height:4831;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfNduowwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE89b8Iw&#10;EN2R+A/WVeoGNgwtpBgEqBUwMARQYTzFRxI1PkexgZRfX1dCYrun93mTWWsrcaXGl441DPoKBHHm&#10;TMm5hsP+qzcC4QOywcoxafglD7NptzPBxLgbp3TdhVzEEPYJaihCqBMpfVaQRd93NXHkzq6xGCJs&#10;cmkavMVwW8mhUm/SYsmxocCalgVlP7uL1XDcvqcrtTnJy9F/Lz7nd5VKPmj9+tLOP0AEasNT/HCv&#10;TZw/GMP/M/ECOf0DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHzXbqMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="19AE4261" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Service Chief</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="4D354001" w14:textId="3C7ACC28" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Division of Laboratory Genetics</w:t>
                         </w:r>
                         <w:r w:rsidR="00E378CC">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> &amp; Molecular Diagnostics</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="0EE54C1F" w14:textId="13D251AA" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
+                      <w:p w14:paraId="0EE54C1F" w14:textId="2184C0AE" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Dr. </w:t>
                         </w:r>
-                        <w:r w:rsidR="00E378CC">
+                        <w:r w:rsidR="00C72FD0">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
-                          <w:t>S. Crocker</w:t>
+                          <w:t>G</w:t>
+                        </w:r>
+                        <w:r w:rsidR="006F34F9">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>raeme</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00C72FD0">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> Quest</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shapetype id="_x0000_t35" coordsize="21600,21600" o:spt="35" o:oned="t" adj="10800,10800" path="m,l@0,0@0@1,21600@1,21600,21600e" filled="f">
-[...19 lines deleted...]
-                <v:shape id="Text Box 51" o:spid="_x0000_s1051" type="#_x0000_t202" style="position:absolute;left:57322;top:27922;width:9593;height:3810;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCq9ovOwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd400UKVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+e/DeD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqvaLzsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1063" type="#_x0000_t202" style="position:absolute;left:57194;top:28351;width:8172;height:3809;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCq9ovOwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd400UKVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+e/DeD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqvaLzsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="30C21E52" w14:textId="77777777" w:rsidR="00670EBF" w:rsidRDefault="00670EBF" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Laboratory Manager</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="2211ECDC" w14:textId="2E767CB1" w:rsidR="00670EBF" w:rsidRDefault="007371E3" w:rsidP="00670EBF">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Terri Lewis</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;left:57322;top:32528;width:8721;height:4186;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA1aLAixAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3V3TZgJXWVKC2thx6iUj0O2TEJzc6G7KrRX+8Khd7m8T5nOu9tI07U+dqxhueRAkFc&#10;OFNzqWG7+XiagPAB2WDjmDRcyMN8NniYYmrcmXM6rUMpYgj7FDVUIbSplL6oyKIfuZY4cgfXWQwR&#10;dqU0HZ5juG3ki1JjabHm2FBhS8uKit/10WrYfb/mn2q1l8ed/1m8Z1eVS95q/TjsszcQgfrwL/5z&#10;f5k4P0ng/ky8QM5uAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADVosCLEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1064" type="#_x0000_t202" style="position:absolute;left:57194;top:33053;width:8171;height:4186;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA1aLAixAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3V3TZgJXWVKC2thx6iUj0O2TEJzc6G7KrRX+8Khd7m8T5nOu9tI07U+dqxhueRAkFc&#10;OFNzqWG7+XiagPAB2WDjmDRcyMN8NniYYmrcmXM6rUMpYgj7FDVUIbSplL6oyKIfuZY4cgfXWQwR&#10;dqU0HZ5juG3ki1JjabHm2FBhS8uKit/10WrYfb/mn2q1l8ed/1m8Z1eVS95q/TjsszcQgfrwL/5z&#10;f5k4P0ng/ky8QM5uAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADVosCLEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="519A2345" w14:textId="77777777" w:rsidR="0035171D" w:rsidRPr="0035171D" w:rsidRDefault="0035171D" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Microbiology Molecular Microbiology</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;left:57322;top:37849;width:8721;height:4186;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC6gShWxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qohZbVqOoWFoPHtZK9Thsxt3FzWTZRN321zeC4G0e73Mms9ZW4kKNLx1r6PcUCOLM&#10;mZJzDbvvj5d3ED4gG6wck4Zf8jCbdp4mmBh35ZQu25CLGMI+QQ1FCHUipc8Ksuh7riaO3NE1FkOE&#10;TS5Ng9cYbis5UGokLZYcGwqsaVlQdtqerYb95i39VOuDPO/9z2I1/1Op5J3Wz912PgYRqA0P8d39&#10;ZeL84SvcnokXyOk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALqBKFbEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;left:57194;top:38040;width:8171;height:4186;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC6gShWxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qohZbVqOoWFoPHtZK9Thsxt3FzWTZRN321zeC4G0e73Mms9ZW4kKNLx1r6PcUCOLM&#10;mZJzDbvvj5d3ED4gG6wck4Zf8jCbdp4mmBh35ZQu25CLGMI+QQ1FCHUipc8Ksuh7riaO3NE1FkOE&#10;TS5Ng9cYbis5UGokLZYcGwqsaVlQdtqerYb95i39VOuDPO/9z2I1/1Op5J3Wz912PgYRqA0P8d39&#10;ZeL84SvcnokXyOk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALqBKFbEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="5E4AE472" w14:textId="77777777" w:rsidR="0035171D" w:rsidRPr="0035171D" w:rsidRDefault="0035171D" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0035171D">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t>Infectious Disease</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> Sequencing</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Elbow Connector 136" o:spid="_x0000_s1054" type="#_x0000_t34" style="position:absolute;left:57322;top:29827;width:127;height:4794;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDrl1dMwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHqRuokWkegq9QVeKsRHz0N2zIZmZ0N2q/Hfu4WCt/n4njNbdLYWV2p95VhBOkhAEBdO&#10;V1wqOB237xMQPiBrrB2Tgjt5WMxfejPMtLtxTtdDKEUMYZ+hAhNCk0npC0MW/cA1xJG7uNZiiLAt&#10;pW7xFsNtLYdJMpYWK44NBhtaGSp+Dr9WwXmZ7tfm4xtNehpt+vnXaj0535V6e+0+pyACdeEp/nfv&#10;dJw/GsPfM/ECOX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA65dXTMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="388800" strokecolor="black [3040]"/>
-[...1 lines deleted...]
-                <v:shape id="Text Box 51" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;left:44151;top:27922;width:10115;height:3397;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA7zCJTxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyJO4sWQgAeqaTQOBgAOHbtO6o9V4bbXGqZpsK/x6fEDiZus9v/c5X46+U2caYhvYwmxq&#10;QBFXwbVcW9hu3m6fQMWE7LALTBa+KcJycX2VY+bChQs6r1OtJIRjhhaalPpM61g15DFOQ08s2iEM&#10;HpOsQ63dgBcJ952+M+ZBe2xZGhrs6aWh6rg+eQvl12Pxbj73+lTG3fPr6scUmrfW3kzG1RxUojH9&#10;m/+uP5zg3wutPCMT6MUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADvMIlPHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1066" type="#_x0000_t202" style="position:absolute;left:44262;top:28558;width:9509;height:3966;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA7zCJTxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyJO4sWQgAeqaTQOBgAOHbtO6o9V4bbXGqZpsK/x6fEDiZus9v/c5X46+U2caYhvYwmxq&#10;QBFXwbVcW9hu3m6fQMWE7LALTBa+KcJycX2VY+bChQs6r1OtJIRjhhaalPpM61g15DFOQ08s2iEM&#10;HpOsQ63dgBcJ952+M+ZBe2xZGhrs6aWh6rg+eQvl12Pxbj73+lTG3fPr6scUmrfW3kzG1RxUojH9&#10;m/+uP5zg3wutPCMT6MUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADvMIlPHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="54ED8DA8" w14:textId="77777777" w:rsidR="0035171D" w:rsidRDefault="0035171D" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Laboratory Manager</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="38604438" w14:textId="0336B44E" w:rsidR="0035171D" w:rsidRPr="00D11D54" w:rsidRDefault="00D11D54" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t>Keyur Dixit</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;left:44242;top:32457;width:9418;height:2441;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCdvF0oxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyJO4sWQIAeqaTQOBgAOHbtO6o9V4bbXGqZpsK/x6fEDiZus9v/c5X46+U2caYhvYwmxq&#10;QBFXwbVcW9hu3m6fQMWE7LALTBa+KcJycX2VY+bChQs6r1OtJIRjhhaalPpM61g15DFOQ08s2iEM&#10;HpOsQ63dgBcJ952+M+ZBe2xZGhrs6aWh6rg+eQvl12Pxbj73+lTG3fPr6scUmrfW3kzG1RxUojH9&#10;m/+uP5zg3wu+PCMT6MUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ28XSjHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1067" type="#_x0000_t202" style="position:absolute;left:44354;top:33093;width:9418;height:2441;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCdvF0oxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyJO4sWQIAeqaTQOBgAOHbtO6o9V4bbXGqZpsK/x6fEDiZus9v/c5X46+U2caYhvYwmxq&#10;QBFXwbVcW9hu3m6fQMWE7LALTBa+KcJycX2VY+bChQs6r1OtJIRjhhaalPpM61g15DFOQ08s2iEM&#10;HpOsQ63dgBcJ952+M+ZBe2xZGhrs6aWh6rg+eQvl12Pxbj73+lTG3fPr6scUmrfW3kzG1RxUojH9&#10;m/+uP5zg3wu+PCMT6MUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ28XSjHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="26E353A0" w14:textId="77777777" w:rsidR="0035171D" w:rsidRDefault="0035171D" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Autopsy Service</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;left:44152;top:36253;width:9417;height:2440;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDy8PizwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd40UUqVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+e/DeD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8vD4s8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;left:44264;top:36889;width:9417;height:2440;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDy8PizwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd40UUqVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+e/DeD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8vD4s8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="346BF829" w14:textId="77777777" w:rsidR="0035171D" w:rsidRDefault="0035171D" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Cytology</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1059" type="#_x0000_t202" style="position:absolute;left:44151;top:39795;width:10058;height:4012;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACImbEwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/Q9hCt40UaSW1Si2KNqDh7WiHofNuLu4mSybqNv++qYgeJvH+5zpvLWVuFHjS8caBn0Fgjhz&#10;puRcw/571XsH4QOywcoxafghD/PZS2eKiXF3Tum2C7mIIewT1FCEUCdS+qwgi77vauLInV1jMUTY&#10;5NI0eI/htpJDpd6kxZJjQ4E1fRaUXXZXq+G4Hadr9XWS16M/fCwXvyqVvNe6+9ouJiACteEpfrg3&#10;Js4fDeH/mXiBnP0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAiJmxMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;left:44262;top:40431;width:9509;height:4012;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACImbEwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/Q9hCt40UaSW1Si2KNqDh7WiHofNuLu4mSybqNv++qYgeJvH+5zpvLWVuFHjS8caBn0Fgjhz&#10;puRcw/571XsH4QOywcoxafghD/PZS2eKiXF3Tum2C7mIIewT1FCEUCdS+qwgi77vauLInV1jMUTY&#10;5NI0eI/htpJDpd6kxZJjQ4E1fRaUXXZXq+G4Hadr9XWS16M/fCwXvyqVvNe6+9ouJiACteEpfrg3&#10;Js4fDeH/mXiBnP0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAiJmxMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="26AFDDDB" w14:textId="77777777" w:rsidR="0035171D" w:rsidRPr="0035171D" w:rsidRDefault="0035171D" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0035171D">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Histology </w:t>
                         </w:r>
                         <w:r w:rsidRPr="0035171D">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Immunohistochemistry </w:t>
                         </w:r>
                         <w:r w:rsidRPr="0035171D">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Neuropathology</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1060" type="#_x0000_t202" style="position:absolute;left:44151;top:44882;width:9416;height:2878;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBtbsNfxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qohZbVqOoWFoPHtZK9Thsxt3FzWTZRN321zeC4G0e73Mms9ZW4kKNLx1r6PcUCOLM&#10;mZJzDbvvj5d3ED4gG6wck4Zf8jCbdp4mmBh35ZQu25CLGMI+QQ1FCHUipc8Ksuh7riaO3NE1FkOE&#10;TS5Ng9cYbis5UGokLZYcGwqsaVlQdtqerYb95i39VOuDPO/9z2I1/1Op5J3Wz912PgYRqA0P8d39&#10;ZeL81yHcnokXyOk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG1uw1/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1070" type="#_x0000_t202" style="position:absolute;left:44263;top:45518;width:9417;height:2878;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBtbsNfxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qohZbVqOoWFoPHtZK9Thsxt3FzWTZRN321zeC4G0e73Mms9ZW4kKNLx1r6PcUCOLM&#10;mZJzDbvvj5d3ED4gG6wck4Zf8jCbdp4mmBh35ZQu25CLGMI+QQ1FCHUipc8Ksuh7riaO3NE1FkOE&#10;TS5Ng9cYbis5UGokLZYcGwqsaVlQdtqerYb95i39VOuDPO/9z2I1/1Op5J3Wz912PgYRqA0P8d39&#10;ZeL81yHcnokXyOk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG1uw1/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="56567825" w14:textId="77777777" w:rsidR="0035171D" w:rsidRDefault="0035171D" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Mohs Clinic</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="4E4C1781" w14:textId="77777777" w:rsidR="0035171D" w:rsidRDefault="0035171D" w:rsidP="0035171D">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>HDH Site</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Elbow Connector 144" o:spid="_x0000_s1061" type="#_x0000_t34" style="position:absolute;left:44151;top:29620;width:91;height:4058;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6nMTHwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCHtbU0WKVKMsirCil61evA3N2JZtJqFJbf33RhD2No/3OavNYBpxp9bXlhVMJwkI4sLq&#10;mksFl/P+awHCB2SNjWVS8CAPm/XoY4WZtj3/0j0PpYgh7DNUUIXgMil9UZFBP7GOOHI32xoMEbal&#10;1C32Mdw0cpYkqTRYc2yo0NG2ouIv74yC1D3KXX4gfzz2nTsdFunsGlKlPsfD9xJEoCH8i9/uHx3n&#10;z+fweiZeINdPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADqcxMfBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" adj="-543627" strokecolor="black [3040]"/>
-[...3 lines deleted...]
-                <v:shape id="Text Box 51" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;left:31144;top:27861;width:10028;height:3488;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjylEuxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyJO4sWQIAeqaTQOBgAOHbtO6o9V4bbXGqZpsK/x6fEDiZus9v/c5X46+U2caYhvYwmxq&#10;QBFXwbVcW9hu3m6fQMWE7LALTBa+KcJycX2VY+bChQs6r1OtJIRjhhaalPpM61g15DFOQ08s2iEM&#10;HpOsQ63dgBcJ952+M+ZBe2xZGhrs6aWh6rg+eQvl12Pxbj73+lTG3fPr6scUmrfW3kzG1RxUojH9&#10;m/+uP5zg3wutPCMT6MUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGPKUS7HAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1071" type="#_x0000_t202" style="position:absolute;left:30973;top:28390;width:10028;height:3488;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjylEuxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyJO4sWQIAeqaTQOBgAOHbtO6o9V4bbXGqZpsK/x6fEDiZus9v/c5X46+U2caYhvYwmxq&#10;QBFXwbVcW9hu3m6fQMWE7LALTBa+KcJycX2VY+bChQs6r1OtJIRjhhaalPpM61g15DFOQ08s2iEM&#10;HpOsQ63dgBcJ952+M+ZBe2xZGhrs6aWh6rg+eQvl12Pxbj73+lTG3fPr6scUmrfW3kzG1RxUojH9&#10;m/+uP5zg3wutPCMT6MUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGPKUS7HAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="0E795824" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRDefault="000B72B8" w:rsidP="000B72B8">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Laboratory Manager</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="603714F9" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRDefault="000B72B8" w:rsidP="000B72B8">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Tammy Edwards</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1066" type="#_x0000_t202" style="position:absolute;left:31144;top:31903;width:10029;height:2442;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMhvS1xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qokhtV6OoWFoPHtZK9Thsxt3FzWTZRN321zeC4G0e73Mms9ZW4kKNLx1r6PcUCOLM&#10;mZJzDbvvj5c3ED4gG6wck4Zf8jCbdp4mmBh35ZQu25CLGMI+QQ1FCHUipc8Ksuh7riaO3NE1FkOE&#10;TS5Ng9cYbis5UOpVWiw5NhRY07Kg7LQ9Ww37zSj9VOuDPO/9z2I1/1Op5J3Wz912PgYRqA0P8d39&#10;ZeL84TvcnokXyOk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAyG9LXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1072" type="#_x0000_t202" style="position:absolute;left:30973;top:32432;width:10028;height:2442;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMhvS1xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qokhtV6OoWFoPHtZK9Thsxt3FzWTZRN321zeC4G0e73Mms9ZW4kKNLx1r6PcUCOLM&#10;mZJzDbvvj5c3ED4gG6wck4Zf8jCbdp4mmBh35ZQu25CLGMI+QQ1FCHUipc8Ksuh7riaO3NE1FkOE&#10;TS5Ng9cYbis5UOpVWiw5NhRY07Kg7LQ9Ww37zSj9VOuDPO/9z2I1/1Op5J3Wz912PgYRqA0P8d39&#10;ZeL84TvcnokXyOk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAyG9LXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="1275C9EB" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRPr="000B72B8" w:rsidRDefault="000B72B8" w:rsidP="000B72B8">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Cytogenetics</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1067" type="#_x0000_t202" style="position:absolute;left:31145;top:34958;width:10028;height:2616;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYZcv1xwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSHyHyJO4sWRI/FHXbBoIBBw4dJvWHa3Ga6s1TtVkW+HT4wMSN1vv+b2f8+XoO3WmIbaBLcym&#10;BhRxFVzLtYXt5u32CVRMyA67wGThmyIsF9dXOWYuXLig8zrVSkI4ZmihSanPtI5VQx7jNPTEoh3C&#10;4DHJOtTaDXiRcN/pO2MetMeWpaHBnl4aqo7rk7dQfj0W7+Zzr09l3D2/rn5MoXlr7c1kXM1BJRrT&#10;v/nv+sMJ/r3gyzMygV78AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABhly/XHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1073" type="#_x0000_t202" style="position:absolute;left:30974;top:35487;width:10028;height:2617;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYZcv1xwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSHyHyJO4sWRI/FHXbBoIBBw4dJvWHa3Ga6s1TtVkW+HT4wMSN1vv+b2f8+XoO3WmIbaBLcym&#10;BhRxFVzLtYXt5u32CVRMyA67wGThmyIsF9dXOWYuXLig8zrVSkI4ZmihSanPtI5VQx7jNPTEoh3C&#10;4DHJOtTaDXiRcN/pO2MetMeWpaHBnl4aqo7rk7dQfj0W7+Zzr09l3D2/rn5MoXlr7c1kXM1BJRrT&#10;v/nv+sMJ/r3gyzMygV78AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABhly/XHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="04C39767" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRDefault="000B72B8" w:rsidP="000B72B8">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Molecular Genetics</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;left:31145;top:38192;width:10028;height:2355;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB3KW5uwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd40UWiVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+e/DeD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdylubsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1074" type="#_x0000_t202" style="position:absolute;left:30974;top:38722;width:10028;height:2354;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB3KW5uwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd40UWiVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+e/DeD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdylubsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="6E354F39" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRDefault="000B72B8" w:rsidP="000B72B8">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Immunodiagnostics</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;left:31144;top:41172;width:10029;height:2349;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDot1WCxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qolJbVqOoWFoPHtZK9Thsxt3FzWTZRN321zeC4G0e73Mms9ZW4kKNLx1r6PcUCOLM&#10;mZJzDbvvj5d3ED4gG6wck4Zf8jCbdp4mmBh35ZQu25CLGMI+QQ1FCHUipc8Ksuh7riaO3NE1FkOE&#10;TS5Ng9cYbis5UGokLZYcGwqsaVlQdtqerYb95i39VOuDPO/9z2I1/1Op5J3Wz912PgYRqA0P8d39&#10;ZeL81yHcnokXyOk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOi3VYLEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1075" type="#_x0000_t202" style="position:absolute;left:30973;top:41701;width:10028;height:2350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDot1WCxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qolJbVqOoWFoPHtZK9Thsxt3FzWTZRN321zeC4G0e73Mms9ZW4kKNLx1r6PcUCOLM&#10;mZJzDbvvj5d3ED4gG6wck4Zf8jCbdp4mmBh35ZQu25CLGMI+QQ1FCHUipc8Ksuh7riaO3NE1FkOE&#10;TS5Ng9cYbis5UGokLZYcGwqsaVlQdtqerYb95i39VOuDPO/9z2I1/1Op5J3Wz912PgYRqA0P8d39&#10;ZeL81yHcnokXyOk/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOi3VYLEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="776AF3DF" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRDefault="000B72B8" w:rsidP="000B72B8">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Histocompatibility</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Elbow Connector 155" o:spid="_x0000_s1070" type="#_x0000_t34" style="position:absolute;left:31144;top:29605;width:0;height:3519;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxPqxWwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qxoKlxKwiYtXSXowK8TZkxySYnQ3ZNab99d1Cwds83ucki97UoqPWVZYVTMYRCOLc&#10;6ooLBcfD+/MbCOeRNdaWScE3OVjMB08JxtreeU9d6gsRQtjFqKD0vomldHlJBt3YNsSBu9jWoA+w&#10;LaRu8R7CTS1fouhVGqw4NJTY0Kqk/JrejAI8m9Mu+/jx647Pn1/ZNi02+Uqp0bBfzkB46v1D/O/e&#10;6TB/OoW/Z8IFcv4LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcT6sVsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-96818824" strokecolor="black [3040]"/>
-[...3 lines deleted...]
-                <v:shape id="Text Box 51" o:spid="_x0000_s1074" type="#_x0000_t202" style="position:absolute;left:16646;top:27861;width:11423;height:3401;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWCQFIxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPyHyJN2g2Q7AOoICNCmbYcdytDgaDWmrWicqgnQ8evnA9Jutt7ze5/ny9436kJdrANbeBob&#10;UMRFcDWXFnbfb6MZqJiQHTaBycIvRVguhoM5Zi5cOafLNpVKQjhmaKFKqc20jkVFHuM4tMSiHUPn&#10;Mcnaldp1eJVw3+hnYybaY83SUGFLm4qK0/bsLey/pvm7+Tzo8z7+rF9XN5Nr3ln7+NCvXkAl6tO/&#10;+X794QR/IvjyjEygF38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1gkBSMYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1076" type="#_x0000_t202" style="position:absolute;left:15975;top:28327;width:11424;height:3401;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWCQFIxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPyHyJN2g2Q7AOoICNCmbYcdytDgaDWmrWicqgnQ8evnA9Jutt7ze5/ny9436kJdrANbeBob&#10;UMRFcDWXFnbfb6MZqJiQHTaBycIvRVguhoM5Zi5cOafLNpVKQjhmaKFKqc20jkVFHuM4tMSiHUPn&#10;Mcnaldp1eJVw3+hnYybaY83SUGFLm4qK0/bsLey/pvm7+Tzo8z7+rF9XN5Nr3ln7+NCvXkAl6tO/&#10;+X794QR/IvjyjEygF38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1gkBSMYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="655BCC7B" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Laboratory Manager</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="0DC06F8A" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Donnah Pocius</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1075" type="#_x0000_t202" style="position:absolute;left:3962;top:27924;width:10028;height:3488;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC5RaTTwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTXT1oia6ipdJ68BAb1OOQHZNgdjZkV0399a5Q6G0e73Nmi87W4kqtrxxrGA4UCOLc&#10;mYoLDdnPuv8Owgdkg7Vj0vBLHhbzl94ME+NunNJ1FwoRQ9gnqKEMoUmk9HlJFv3ANcSRO7nWYoiw&#10;LaRp8RbDbS1HSo2lxYpjQ4kNfZSUn3cXq+GwnaRfanOUl4Pfrz6Xd5VKzrR+e+2WUxCBuvAv/nN/&#10;mzh/PITnM/ECOX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuUWk08MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1077" type="#_x0000_t202" style="position:absolute;left:3629;top:28390;width:10029;height:3488;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC5RaTTwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTXT1oia6ipdJ68BAb1OOQHZNgdjZkV0399a5Q6G0e73Nmi87W4kqtrxxrGA4UCOLc&#10;mYoLDdnPuv8Owgdkg7Vj0vBLHhbzl94ME+NunNJ1FwoRQ9gnqKEMoUmk9HlJFv3ANcSRO7nWYoiw&#10;LaRp8RbDbS1HSo2lxYpjQ4kNfZSUn3cXq+GwnaRfanOUl4Pfrz6Xd5VKzrR+e+2WUxCBuvAv/nN/&#10;mzh/PITnM/ECOX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuUWk08MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="1C833604" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Laboratory Manager</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="70BBF005" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Tammie Taylor</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1076" type="#_x0000_t202" style="position:absolute;left:16646;top:31888;width:11421;height:5843;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJlzqkwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qrh5UUlex0mI99BAN1eOQHZPQ7GzIrpr6692C4G0e73Pmy87W4kKtrxxrGA0VCOLc&#10;mYoLDdn+83UGwgdkg7Vj0vBHHpaL3sscE+OunNJlFwoRQ9gnqKEMoUmk9HlJFv3QNcSRO7nWYoiw&#10;LaRp8RrDbS3HSk2kxYpjQ4kNrUvKf3dnq+HwPU03anuU54P/ef9Y3VQqOdN60O9WbyACdeEpfri/&#10;TJw/GcP/M/ECubgDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASZc6pMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1078" type="#_x0000_t202" style="position:absolute;left:15976;top:32354;width:11421;height:5843;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJlzqkwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qrh5UUlex0mI99BAN1eOQHZPQ7GzIrpr6692C4G0e73Pmy87W4kKtrxxrGA0VCOLc&#10;mYoLDdn+83UGwgdkg7Vj0vBHHpaL3sscE+OunNJlFwoRQ9gnqKEMoUmk9HlJFv3QNcSRO7nWYoiw&#10;LaRp8RrDbS3HSk2kxYpjQ4kNrUvKf3dnq+HwPU03anuU54P/ef9Y3VQqOdN60O9WbyACdeEpfri/&#10;TJw/GcP/M/ECubgDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASZc6pMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="4E17D875" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Core Laboratory</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="03D7CFDB" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
@@ -5712,288 +5887,281 @@
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Hemostasis</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="54C562EE" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Serology</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1077" type="#_x0000_t202" style="position:absolute;left:16646;top:38354;width:11421;height:4206;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAm258/xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3V3VZQSd0ElUrbg4eoVI9DdkxCs7Mhu2raX+8Khd7m8T5nnvW2ERfqfO1Yw/NIgSAu&#10;nKm51LDfrZ9mIHxANtg4Jg0/5CFLBw9zTIy7ck6XbShFDGGfoIYqhDaR0hcVWfQj1xJH7uQ6iyHC&#10;rpSmw2sMt418UWoiLdYcGypsaVVR8b09Ww2HzTR/V59HeT74r+Xb4lflkvdaPw77xSuIQH34F/+5&#10;P0ycPxnD/Zl4gUxvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACbbnz/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1079" type="#_x0000_t202" style="position:absolute;left:15976;top:38819;width:11421;height:4207;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAm258/xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3V3VZQSd0ElUrbg4eoVI9DdkxCs7Mhu2raX+8Khd7m8T5nnvW2ERfqfO1Yw/NIgSAu&#10;nKm51LDfrZ9mIHxANtg4Jg0/5CFLBw9zTIy7ck6XbShFDGGfoIYqhDaR0hcVWfQj1xJH7uQ6iyHC&#10;rpSmw2sMt418UWoiLdYcGypsaVVR8b09Ww2HzTR/V59HeT74r+Xb4lflkvdaPw77xSuIQH34F/+5&#10;P0ycPxnD/Zl4gUxvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACbbnz/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="186D2193" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Transfusion Medicine</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="2DADC537" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Transfusion Safety Officer</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1078" type="#_x0000_t202" style="position:absolute;left:16646;top:43391;width:11421;height:2878;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMgdLxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3V3RZRSd0ElUrbg4eoVI9DdkxCs7Mhu2raX+8Khd7m8T5nnvW2ERfqfO1Yw/NIgSAu&#10;nKm51LDfrZ9mIHxANtg4Jg0/5CFLBw9zTIy7ck6XbShFDGGfoIYqhDaR0hcVWfQj1xJH7uQ6iyHC&#10;rpSmw2sMt418UWoiLdYcGypsaVVR8b09Ww2HzTR/V59HeT74r+Xb4lflkvdaPw77xSuIQH34F/+5&#10;P0ycPxnD/Zl4gUxvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKkyB0vEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1080" type="#_x0000_t202" style="position:absolute;left:15976;top:43857;width:11421;height:2878;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMgdLxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3V3RZRSd0ElUrbg4eoVI9DdkxCs7Mhu2raX+8Khd7m8T5nnvW2ERfqfO1Yw/NIgSAu&#10;nKm51LDfrZ9mIHxANtg4Jg0/5CFLBw9zTIy7ck6XbShFDGGfoIYqhDaR0hcVWfQj1xJH7uQ6iyHC&#10;rpSmw2sMt418UWoiLdYcGypsaVVR8b09Ww2HzTR/V59HeT74r+Xb4lflkvdaPw77xSuIQH34F/+5&#10;P0ycPxnD/Zl4gUxvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKkyB0vEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="36CFAA13" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Point of Care Testing</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="57BC5F29" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>KGH Site</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1079" type="#_x0000_t202" style="position:absolute;left:16646;top:46919;width:11421;height:2876;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDGfqLQxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3V3RZ8kLoJKpW2Bw9RqR6H7JiEZmdDdtW0v94VCr3Nx/ecedbbRlyo87VjDc8jBYK4&#10;cKbmUsN+t36agfAB2WDjmDT8kIcsHTzMMTHuyjldtqEUMYR9ghqqENpESl9UZNGPXEscuZPrLIYI&#10;u1KaDq8x3DbyRamJtFhzbKiwpVVFxff2bDUcNtP8XX0e5fngv5Zvi1+VS95r/TjsF68gAvXhX/zn&#10;/jBx/mQM92fiBTK9AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMZ+otDEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1081" type="#_x0000_t202" style="position:absolute;left:15976;top:47385;width:11421;height:2876;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDGfqLQxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3V3RZ8kLoJKpW2Bw9RqR6H7JiEZmdDdtW0v94VCr3Nx/ecedbbRlyo87VjDc8jBYK4&#10;cKbmUsN+t36agfAB2WDjmDT8kIcsHTzMMTHuyjldtqEUMYR9ghqqENpESl9UZNGPXEscuZPrLIYI&#10;u1KaDq8x3DbyRamJtFhzbKiwpVVFxff2bDUcNtP8XX0e5fngv5Zvi1+VS95r/TjsF68gAvXhX/zn&#10;/jBx/mQM92fiBTK9AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMZ+otDEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="1B875B8C" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Point of Care Testing</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="32CFB8FE" w14:textId="77777777" w:rsidR="00F67696" w:rsidRDefault="00F67696" w:rsidP="00F67696">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>HDH Site</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Elbow Connector 168" o:spid="_x0000_s1080" type="#_x0000_t34" style="position:absolute;left:16646;top:29561;width:0;height:5248;rotation:180;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCa05FfxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3urGKldRVpCC0hx5iPfQ4ZMckmJ0Nu1NN/33nUOhthvfmvW+2+zH05kYpd5EdLOYF&#10;GOI6+o4bB+fP4+MGTBZkj31kcvBDGfa7ycMWSx/vXNHtJI3REM4lOmhFhtLaXLcUMM/jQKzaJaaA&#10;omtqrE941/DQ26eiWNuAHWtDiwO9tlRfT9/BwXOV7Pt5FaTajKvl4usiGI8fzs2m4+EFjNAo/+a/&#10;6zev+Gul1Wd0Arv7BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJrTkV/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="-159282581" strokecolor="black [3040]"/>
-[...3 lines deleted...]
-                <v:shape id="Text Box 51" o:spid="_x0000_s1084" type="#_x0000_t202" style="position:absolute;left:3962;top:32058;width:10028;height:2360;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCjAgnixAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qbiuopG6CSkV76CEq1eOQHZPQ7GzIrpr213cLhd7m8T5nkfW2ETfqfO1Yw9NYgSAu&#10;nKm51HA8bB7nIHxANtg4Jg1f5CFLBw8LTIy7c063fShFDGGfoIYqhDaR0hcVWfRj1xJH7uI6iyHC&#10;rpSmw3sMt418VmoqLdYcGypsaV1R8bm/Wg2n91m+VW9neT35j9Xr8lvlko9aj4b98gVEoD78i//c&#10;OxPnzybw+0y8QKY/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKMCCeLEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1082" type="#_x0000_t202" style="position:absolute;left:3629;top:32524;width:10029;height:2360;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCjAgnixAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qbiuopG6CSkV76CEq1eOQHZPQ7GzIrpr213cLhd7m8T5nkfW2ETfqfO1Yw9NYgSAu&#10;nKm51HA8bB7nIHxANtg4Jg1f5CFLBw8LTIy7c063fShFDGGfoIYqhDaR0hcVWfRj1xJH7uI6iyHC&#10;rpSmw3sMt418VmoqLdYcGypsaV1R8bm/Wg2n91m+VW9neT35j9Xr8lvlko9aj4b98gVEoD78i//c&#10;OxPnzybw+0y8QKY/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKMCCeLEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="0EEEB5BE" w14:textId="77777777" w:rsidR="00555A30" w:rsidRDefault="00555A30" w:rsidP="00555A30">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Quality Management</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1085" type="#_x0000_t202" style="position:absolute;left:3962;top:35116;width:10028;height:2870;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAs65GWxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qbouopG6CSkV76CEq1eOQHZPQ7GzIrpr213cLhd7m8T5nkfW2ETfqfO1Yw9NYgSAu&#10;nKm51HA8bB7nIHxANtg4Jg1f5CFLBw8LTIy7c063fShFDGGfoIYqhDaR0hcVWfRj1xJH7uI6iyHC&#10;rpSmw3sMt418VmoqLdYcGypsaV1R8bm/Wg2n91m+VW9neT35j9Xr8lvlko9aj4b98gVEoD78i//c&#10;OxPnzybw+0y8QKY/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACzrkZbEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1083" type="#_x0000_t202" style="position:absolute;left:3629;top:35581;width:10029;height:2871;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAs65GWxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qbouopG6CSkV76CEq1eOQHZPQ7GzIrpr213cLhd7m8T5nkfW2ETfqfO1Yw9NYgSAu&#10;nKm51HA8bB7nIHxANtg4Jg1f5CFLBw8LTIy7c063fShFDGGfoIYqhDaR0hcVWfRj1xJH7uI6iyHC&#10;rpSmw3sMt418VmoqLdYcGypsaV1R8bm/Wg2n91m+VW9neT35j9Xr8lvlko9aj4b98gVEoD78i//c&#10;OxPnzybw+0y8QKY/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACzrkZbEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="166AB083" w14:textId="77777777" w:rsidR="00555A30" w:rsidRDefault="00555A30" w:rsidP="00555A30">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Pre Analytics</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="16023D20" w14:textId="77777777" w:rsidR="00555A30" w:rsidRDefault="00555A30" w:rsidP="00555A30">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>KGH Site</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1086" type="#_x0000_t202" style="position:absolute;left:3962;top:38979;width:10028;height:2865;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBDpzQNxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCN7qbgs+SN0ElYr20ENUqschOyah2dmQXTXtr+8WCr3Nx/ecRdbbRtyo87VjDU9jBYK4&#10;cKbmUsPxsHmcg/AB2WDjmDR8kYcsHTwsMDHuzjnd9qEUMYR9ghqqENpESl9UZNGPXUscuYvrLIYI&#10;u1KaDu8x3DbyWamptFhzbKiwpXVFxef+ajWc3mf5Vr2d5fXkP1avy2+VSz5qPRr2yxcQgfrwL/5z&#10;70ycP5vA7zPxApn+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEOnNA3EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1084" type="#_x0000_t202" style="position:absolute;left:3629;top:39445;width:10029;height:2865;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBDpzQNxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCN7qbgs+SN0ElYr20ENUqschOyah2dmQXTXtr+8WCr3Nx/ecRdbbRtyo87VjDU9jBYK4&#10;cKbmUsPxsHmcg/AB2WDjmDR8kYcsHTwsMDHuzjnd9qEUMYR9ghqqENpESl9UZNGPXUscuYvrLIYI&#10;u1KaDu8x3DbyWamptFhzbKiwpXVFxef+ajWc3mf5Vr2d5fXkP1avy2+VSz5qPRr2yxcQgfrwL/5z&#10;70ycP5vA7zPxApn+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEOnNA3EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="7E217BCF" w14:textId="77777777" w:rsidR="00555A30" w:rsidRDefault="00555A30" w:rsidP="00555A30">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Pre Analytics</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="6597A783" w14:textId="77777777" w:rsidR="00555A30" w:rsidRDefault="00555A30" w:rsidP="00555A30">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>HDH Site</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Elbow Connector 176" o:spid="_x0000_s1087" type="#_x0000_t34" style="position:absolute;left:3962;top:29668;width:0;height:3570;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3qGEnwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LCL2ZjT3EJs0qpVQQaqGJHjwO2Wk2NDsbsqvGf+8WCr3N431OuZlsLy40+s6xgmWSgiBu&#10;nO64VXA8bBfPIHxA1tg7JgU38rBZP8xKLLS7ckWXOrQihrAvUIEJYSik9I0hiz5xA3Hkvt1oMUQ4&#10;tlKPeI3htpdPaZpJix3HBoMDvRlqfuqzVeDCu88/jT4Pq33+sf9yU+ZPlVKP8+n1BUSgKfyL/9w7&#10;HeevMvh9Jl4g13cAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN6hhJ8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-2147483648" strokecolor="black [3040]"/>
-[...2 lines deleted...]
-                <v:shape id="Text Box 51" o:spid="_x0000_s1090" type="#_x0000_t202" style="position:absolute;left:20560;top:15087;width:16045;height:4906;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCj2S5UxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredNceqqTZiC0ttQcPsaF6fGSfSWj2bciumvrrXUHocZiZb5h0OdhWnKj3jWMNs6kC&#10;QVw603Clofj+mCxA+IBssHVMGv7IwzJ7GKWYGHfmnE7bUIkIYZ+ghjqELpHSlzVZ9FPXEUfv4HqL&#10;Icq+kqbHc4TbVj4p9SwtNhwXauzorabyd3u0Gnabef6pvvbyuPM/r++ri8olF1qPH4fVC4hAQ/gP&#10;39tro2E+g9uX+ANkdgUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCj2S5UxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1085" type="#_x0000_t202" style="position:absolute;left:9357;top:18094;width:18040;height:4056;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCj2S5UxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredNceqqTZiC0ttQcPsaF6fGSfSWj2bciumvrrXUHocZiZb5h0OdhWnKj3jWMNs6kC&#10;QVw603Clofj+mCxA+IBssHVMGv7IwzJ7GKWYGHfmnE7bUIkIYZ+ghjqELpHSlzVZ9FPXEUfv4HqL&#10;Icq+kqbHc4TbVj4p9SwtNhwXauzorabyd3u0Gnabef6pvvbyuPM/r++ri8olF1qPH4fVC4hAQ/gP&#10;39tro2E+g9uX+ANkdgUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCj2S5UxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
                     <w:txbxContent>
                       <w:p w14:paraId="0DB85E3F" w14:textId="77777777" w:rsidR="00580623" w:rsidRDefault="006A48C7" w:rsidP="001200A4">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Executive Director, </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="318528E1" w14:textId="75044F88" w:rsidR="001200A4" w:rsidRDefault="006A48C7" w:rsidP="001200A4">
@@ -6009,61 +6177,256 @@
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Precision Diagnostics and Therapeutics</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="5C7E039F" w14:textId="11BF4986" w:rsidR="001200A4" w:rsidRDefault="006A48C7" w:rsidP="001200A4">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                             <w:lang w:val="en-CA"/>
                           </w:rPr>
                           <w:t>Cindy Draycott</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Elbow Connector 4" o:spid="_x0000_s1091" type="#_x0000_t34" style="position:absolute;left:36605;top:17602;width:35278;height:3001;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDk/pl5wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9SN20aAmpmyCKJTcxbe+P7GsSmn0bdrcx9de7guBxmJlvmHUxmV6M5HxnWcHLIgFB&#10;XFvdcaPg63P/nILwAVljb5kU/JOHIn+YrTHT9sRHGqvQiAhhn6GCNoQhk9LXLRn0CzsQR+/HOoMh&#10;StdI7fAU4aaXr0nyJg12HBdaHGjbUv1b/RkFB5eeV6nHQR/LZl5+f+jdNGqlnh6nzTuIQFO4h2/t&#10;UitYwvVKvAEyvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDk/pl5wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3213]">
-                  <v:stroke dashstyle="dash"/>
+                <v:line id="Straight Connector 5" o:spid="_x0000_s1086" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="8724,26931" to="71270,26933" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBaUnabwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvhb5DOIXeabaiYlejtIJQvBF/HuCwOd0sbk62SdR1n94IgpfDzHzDzJetrcWFfKgcK/gcZCCI&#10;C6crLhUcD+v+FESIyBprx6TgRgGWi7feHHPtrryjyz6WIkE45KjAxNjkUobCkMUwcA1x8v6ctxiT&#10;9KXUHq8Jbms5zLKJtFhxWjDY0MpQcdqfrYK6i8fu62dluux/dNPb7cT58Uapj/f2ewYiUhtf4Wf7&#10;VysYw+NKugFycQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBaUnabwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3213]"/>
+                <v:line id="Straight Connector 6" o:spid="_x0000_s1087" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8725,26934" to="8725,28326" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB7QX0axAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6kbBRFJXCYJQ68l/9PrIviap2bdhdxvTfnpXKPQ4zMxvmOV6MK3oyfnGsoLpJAFB&#10;XFrdcKXgfNq+LED4gKyxtUwKfsjDejV6WmKu7Y0P1B9DJSKEfY4K6hC6XEpf1mTQT2xHHL1P6wyG&#10;KF0ltcNbhJtWzpIklQYbjgs1drSpqbwev42CRfn+5Yqs2E3nly777Wf7dPuRKfU8HopXEIGG8B/+&#10;a79pBSk8rsQbIFd3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHtBfRrEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3213]"/>
+                <v:line id="Straight Connector 10" o:spid="_x0000_s1088" style="position:absolute;visibility:visible;mso-wrap-style:square" from="61391,26999" to="61391,28390" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeS4U4xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvBf/DMoK3dtOCTYjdliAU1J5sK16H7JhEs7Nhd01jf71zELzN8N68981mN7lejRRi59nAcpGB&#10;Iq697bgxcD7t5wWomJAt9p7JwA9F2G1vZhssrb/wK43H1CgJ4ViigTalodQ61i05jAs/EIv24YPD&#10;JGtotA14kXDX61WWrbXDjqWhxYEeW6q/jt/OQFG/fIYqr56X929Dfh1Xh/X+PTfm7naqHkAlmtK/&#10;+e/6yQq+0MsvMoDe/gIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAeS4U4xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="black [3213]"/>
+                <v:line id="Straight Connector 11" o:spid="_x0000_s1089" style="position:absolute;visibility:visible;mso-wrap-style:square" from="21369,26935" to="21369,28326" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxByCjwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/odlCr3pJkJNSF0lCEJbT/VBr0N2mqTNzobdbUz7692C4G0+vuesNqPpxEDOt5YVpPMEBHFl&#10;dcu1gtNxN8tB+ICssbNMCn7Jw2Y9nayw0PbC7zQcQi1iCPsCFTQh9IWUvmrIoJ/bnjhyn9YZDBG6&#10;WmqHlxhuOrlIkqU02HJsaLCnbUPV9+HHKMirty9XZuVr+nTus79hsV/uPjKlHh/G8hlEoDHcxTf3&#10;i47zU/j/JR4g11cAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcQcgo8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="black [3213]"/>
+                <v:line id="Straight Connector 12" o:spid="_x0000_s1090" style="position:absolute;visibility:visible;mso-wrap-style:square" from="36456,26835" to="36456,28226" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCB1b7UwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN7qxkCNRFcJgtDWU7XF65Adk2h2NuxuY9pf7xYK3ubxPme1GUwrenK+saxgNk1AEJdW&#10;N1wp+DzunhcgfEDW2FomBT/kYbMej1aYa3vjD+oPoRIxhH2OCuoQulxKX9Zk0E9tRxy5s3UGQ4Su&#10;ktrhLYabVqZJMpcGG44NNXa0ram8Hr6NgkX5fnFFVrzNXr667LdP9/PdKVPqaTIUSxCBhvAQ/7tf&#10;dZyfwt8v8QC5vgMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCB1b7UwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3213]"/>
+                <v:line id="Straight Connector 13" o:spid="_x0000_s1091" style="position:absolute;visibility:visible;mso-wrap-style:square" from="49256,26935" to="49256,28326" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDumRtPwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCN7qRqVGoqsEQejjVKt4HbJjEs3Oht1tTP31bqHQ23x8z1ltetOIjpyvLSuYjBMQxIXV&#10;NZcKDl+75wUIH5A1NpZJwQ952KwHTyvMtL3xJ3X7UIoYwj5DBVUIbSalLyoy6Me2JY7c2TqDIUJX&#10;Su3wFsNNI6dJMpcGa44NFba0rai47r+NgkXxfnF5mr9NXo5teu+mH/PdKVVqNOzzJYhAffgX/7lf&#10;dZw/g99f4gFy/QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDumRtPwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3213]"/>
+                <v:line id="Straight Connector 15" o:spid="_x0000_s1092" style="position:absolute;flip:x y;visibility:visible;mso-wrap-style:square" from="18164,9223" to="18165,9585" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDciBGNwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4f+D+EE3xbUwVH7YyiwqSwIVi396O5tdXmUprMZv/9Mhjs7T6+n7feBtOJOw2utaxgnqQgiCur&#10;W64VvF9eHjMQziNr7CyTgm9ysN1MHtaYazvyme6lr0UMYZejgsb7PpfSVQ0ZdIntiSP3aQeDPsKh&#10;lnrAMYabTi7S9EkabDk2NNjToaHqVn4ZBcVrWGV8OF3f8GO03Wm5T/UxKDWbht0zCE/B/4v/3IWO&#10;85fw+0s8QG5+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANyIEY3BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="black [3213]"/>
+                <v:line id="Straight Connector 108" o:spid="_x0000_s1093" style="position:absolute;visibility:visible;mso-wrap-style:square" from="71270,26934" to="71270,28325" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBlVgB+xgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvBf/DMoK3dtOCTYjdliAU1J5sK16H7JhEs7Nhd01jf71zELzN8N68981mN7lejRRi59nAcpGB&#10;Iq697bgxcD7t5wWomJAt9p7JwA9F2G1vZhssrb/wK43H1CgJ4ViigTalodQ61i05jAs/EIv24YPD&#10;JGtotA14kXDX61WWrbXDjqWhxYEeW6q/jt/OQFG/fIYqr56X929Dfh1Xh/X+PTfm7naqHkAlmtK/&#10;+e/6yQp+JrTyjEygt78AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZVYAfsYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="black [3213]"/>
+                <v:shape id="Text Box 51" o:spid="_x0000_s1094" type="#_x0000_t202" style="position:absolute;left:66976;top:28387;width:8166;height:5610;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARkUnZwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdN9OAu1Sgqiu5hD3VFPQ7N2BabSWmi1v31m4WFvc3jfc5s0dpKPKjxpWMNo6ECQZw5&#10;U3Ku4fi1HbyD8AHZYOWYNLzIw2Le7cwwMe7JKT0OIRcxhH2CGooQ6kRKnxVk0Q9dTRy5q2sshgib&#10;XJoGnzHcVnKs1ERaLDk2FFjTuqDsdrhbDefPt3SnPi7yfvan1Wb5rVLJR637vXY5BRGoDf/iP/fe&#10;xPmjMfw+Ey+Q8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEZFJ2cMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                  <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
+                    <w:txbxContent>
+                      <w:p w14:paraId="4CBFE4C9" w14:textId="77777777" w:rsidR="00F5195A" w:rsidRDefault="00F5195A" w:rsidP="00F5195A">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>Business</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="343D4466" w14:textId="77777777" w:rsidR="006F34F9" w:rsidRDefault="00F5195A" w:rsidP="00F5195A">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>Manager</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="73B88274" w14:textId="743BC68F" w:rsidR="00F5195A" w:rsidRDefault="006F34F9" w:rsidP="00F5195A">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> Marc Robichaud</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
                 </v:shape>
-                <v:line id="Straight Connector 5" o:spid="_x0000_s1092" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8763,26469" to="62103,26469" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLk+NtxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq96UZBI6mrBEGw9eSf0usj+5qkzb4Nu9sY/fSuIHgcZuY3zGLVm0Z05HxtWcF4lIAg&#10;LqyuuVRwOm6GcxA+IGtsLJOCC3lYLV8GC8y0PfOeukMoRYSwz1BBFUKbSemLigz6kW2Jo/djncEQ&#10;pSuldniOcNPISZLMpMGa40KFLa0rKv4O/0bBvPj8dXmaf4ynX2167Sa72eY7Verttc/fQQTqwzP8&#10;aG+1gincr8QbIJc3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIuT423EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3213]"/>
-[...6 lines deleted...]
-                <v:line id="Straight Connector 15" o:spid="_x0000_s1099" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="28582,4648" to="28584,5143" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCNSwRRwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f+A7hCN7N1DFldk1FhYHsRtb5AIfm2JQ1JzXJtPbpl8Fgd+fj+z3FZrCduJIPrWMFi3kGgrh2&#10;uuVGwenz7fEFRIjIGjvHpOBOATbl5KHAXLsbf9C1io1IIRxyVGBi7HMpQ23IYpi7njhxZ+ctxgR9&#10;I7XHWwq3nXzKspW02HJqMNjT3lD9VX1bBd0YT+N6tzdjdnm+6+Nx5fzyXanZdNi+gog0xH/xn/ug&#10;0/wl/P6SDpDlDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNSwRRwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3213]"/>
+                <v:shape id="Text Box 51" o:spid="_x0000_s1095" type="#_x0000_t202" style="position:absolute;left:10141;top:9223;width:16046;height:3868;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBkmkFzxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFLzVXXvQkmYjVirWQw/RoD0O2TEJZmdDdtW0v75bKHibx/ucdDHYVlyp941jDdOJAkFc&#10;OtNwpaHYr59eQPiAbLB1TBq+ycMiGz2kmBh345yuu1CJGMI+QQ11CF0ipS9rsugnriOO3Mn1FkOE&#10;fSVNj7cYblv5rNRMWmw4NtTY0aqm8ry7WA3Hz3m+UdsveTn6w9v78kflkgutx4/D8hVEoCHcxf/u&#10;DxPnqyn8PRMvkNkvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGSaQXPEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                  <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
+                    <w:txbxContent>
+                      <w:p w14:paraId="48A2D92A" w14:textId="4F089F10" w:rsidR="005E7B3D" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>Executive VP of Medical &amp; Academic Affairs &amp; Chief of Staff</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="2A71EB56" w14:textId="77777777" w:rsidR="005E7B3D" w:rsidRDefault="005E7B3D" w:rsidP="005E7B3D">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>Dr. Michael Fitzpatrick</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="07EB3C50" w14:textId="583B296D" w:rsidR="00423249" w:rsidRPr="005E7B3D" w:rsidRDefault="00423249" w:rsidP="005E7B3D">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 51" o:spid="_x0000_s1096" type="#_x0000_t202" style="position:absolute;left:41865;top:4242;width:17438;height:3038;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxNHQ2wwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwhd40UUqVrVFUWtSDh1WpHofNuLt0M1k2Ubf++qYgeJvH+5zJrLWVuFLjS8caBn0Fgjhz&#10;puRcw2H/1RuD8AHZYOWYNPySh9m025lgYtyNU7ruQi5iCPsENRQh1ImUPivIou+7mjhyZ9dYDBE2&#10;uTQN3mK4reRQqXdpseTYUGBNy4Kyn93FajhuR+lKbU7ycvTfi8/5XaWSD1q/vrTzDxCB2vAUP9xr&#10;E+cP3uD/mXiBnP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8TR0NsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight=".5pt">
+                  <v:textbox inset="2.42161mm,1.2108mm,2.42161mm,1.2108mm">
+                    <w:txbxContent>
+                      <w:p w14:paraId="3FD96B2E" w14:textId="2515A652" w:rsidR="00D0702E" w:rsidRDefault="00D0702E" w:rsidP="00D0702E">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>P</w:t>
+                        </w:r>
+                        <w:r w:rsidR="002D4F13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">resident </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>&amp; CEO</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="5E1A8AB1" w14:textId="05B302BF" w:rsidR="00D0702E" w:rsidRDefault="00D0702E" w:rsidP="00D0702E">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="en-CA"/>
+                          </w:rPr>
+                          <w:t>Dr. David Pichora</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Straight Connector 42" o:spid="_x0000_s1097" style="position:absolute;visibility:visible;mso-wrap-style:square" from="17806,8211" to="83399,8578" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBuKZmNwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeII3zfqn0m6NIqViqSe13h+b5+7i5mVNosZvbwpCj8PM/IaZLaJpxJWcry0rGA4yEMSF&#10;1TWXCn73q/4bCB+QNTaWScGdPCzmnZcZ5treeEvXXShFgrDPUUEVQptL6YuKDPqBbYmTd7TOYEjS&#10;lVI7vCW4aeQoy6bSYM1pocKWPisqTruLSZTh4Wzk+vSOhx+3cV/jaXyNZ6V63bj8ABEohv/ws/2t&#10;FUxG8Pcl/QA5fwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBuKZmNwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 116" o:spid="_x0000_s1098" type="#_x0000_t34" style="position:absolute;left:79492;top:62347;width:0;height:4629;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7yGlNwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LCL3pJqUEia5SU9p60IMxvQ/ZaRKanQ3ZbR7/visUepuP7zm7w2RaMVDvGssK4nUEgri0&#10;uuFKQXF7W21AOI+ssbVMCmZycNg/LHaYajvylYbcVyKEsEtRQe19l0rpypoMurXtiAP3ZXuDPsC+&#10;krrHMYSbVj5FUSINNhwaauwoq6n8zn+MgvPpeSb5Wb2bLPt4PbbJJSoKr9TjcnrZgvA0+X/xn/uk&#10;w/w4gfsz4QK5/wUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC7yGlNwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="9916911" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 120" o:spid="_x0000_s1099" type="#_x0000_t34" style="position:absolute;left:81016;top:63871;width:0;height:4629;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVAZ4fxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPsPkSdxg3RoQlMhoK0TgwM7AOVuNaataJyqCVD+PT4gcbP1nt/7PF/2rlFX6kLt2cDHOAFF&#10;XHhbc2kgP6xGX6BCRLbYeCYDdwqwXLwN5phaf+MdXfexVBLCIUUDVYxtqnUoKnIYxr4lFu3kO4dR&#10;1q7UtsObhLtGT5Jkqh3WLA0VtpRVVJz3F2dgu/m8kz6Wfy7L1r8/zfQ/yfNozPC9/56BitTHl/l5&#10;vbGCPxF8eUYm0IsHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJUBnh/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="9916911" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 121" o:spid="_x0000_s1100" type="#_x0000_t34" style="position:absolute;left:82546;top:65395;width:0;height:4629;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD6TTuEwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN1f8B/CCO6uqSJyqUbRio+Fd6HW/dCMbbGZlCZq/XsjCO7mcJ4znbemEndqXGlZwaAfgSDOrC45&#10;V5Ce1r9/IJxH1lhZJgVPcjCfdX6mGGv74APdjz4XIYRdjAoK7+tYSpcVZND1bU0cuIttDPoAm1zq&#10;Bh8h3FRyGEVjabDk0FBgTUlB2fV4Mwr2u9GT5DnfmCTZrpbV+D9KU69Ur9suJiA8tf4r/rh3Oswf&#10;DuD9TLhAzl4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+k07hMAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" adj="9916911" strokecolor="black [3040]"/>
+                <v:shape id="Elbow Connector 14" o:spid="_x0000_s1101" type="#_x0000_t34" style="position:absolute;left:27397;top:18101;width:46770;height:2021;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBZTngFwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LCN50o5YiqaukAUXooTQRvA7ZaRLMzobs5uG/dwuF3ubje87+OJlGDNS52rKC9SoCQVxY&#10;XXOp4JqfljsQziNrbCyTggc5OB5eZnuMtR35m4bMlyKEsItRQeV9G0vpiooMupVtiQP3YzuDPsCu&#10;lLrDMYSbRm6i6E0arDk0VNhSWlFxz3qjwI2J62u63fvyM0q/8o/bGYetUov5lLyD8DT5f/Gf+6LD&#10;/Ff4/SUcIA9PAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFlOeAXBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="black [3040]">
+                  <v:stroke dashstyle="longDash"/>
+                </v:shape>
+                <v:shapetype id="_x0000_t33" coordsize="21600,21600" o:spt="33" o:oned="t" path="m,l21600,r,21600e" filled="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="Elbow Connector 4" o:spid="_x0000_s1102" type="#_x0000_t33" style="position:absolute;left:26183;top:24474;width:2392;height:16600;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAv2tLXwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Lq8Iw&#10;FIT3gv8hHMGdpoqI9hpFfIC68XUv3OWhObbF5qQ0Ueu/N4LgcpiZb5jJrDaFuFPlcssKet0IBHFi&#10;dc6pgt/zujMC4TyyxsIyKXiSg9m02ZhgrO2Dj3Q/+VQECLsYFWTel7GULsnIoOvakjh4F1sZ9EFW&#10;qdQVPgLcFLIfRUNpMOewkGFJi4yS6+lmFNS9cp2PB/utXu3+2F0P7n95HinVbtXzHxCeav8Nf9ob&#10;rWAA7yvhBsjpCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC/a0tfBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="black [3040]"/>
+                <v:line id="Straight Connector 55" o:spid="_x0000_s1103" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="27399,41072" to="28575,41072" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuJz33wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LiwIx&#10;EITvC/6H0IK3NaOgu4xGEUEQRVlfB2/NpOeBk84wic74740g7LGoqq+o6bw1pXhQ7QrLCgb9CARx&#10;YnXBmYLzafX9C8J5ZI2lZVLwJAfzWedrirG2DR/ocfSZCBB2MSrIva9iKV2Sk0HXtxVx8FJbG/RB&#10;1pnUNTYBbko5jKKxNFhwWMixomVOye14NwpSd6+W14v26c9md9il22yPzZ9SvW67mIDw1Pr/8Ke9&#10;1gpGI3h/CT9Azl4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALic998MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="black [3040]"/>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A72B49" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRPr="000B72B8" w:rsidRDefault="000B72B8" w:rsidP="000B72B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12348144" w14:textId="77777777" w:rsidR="000B72B8" w:rsidRPr="000B72B8" w:rsidRDefault="000B72B8" w:rsidP="000B72B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -6413,82 +6776,75 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1504950" cy="1174750"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7F83CA13" w14:textId="1B92A4AD" w:rsidR="000041CF" w:rsidRPr="008417B6" w:rsidRDefault="000041CF" w:rsidP="000041CF">
+                          <w:p w14:paraId="7F83CA13" w14:textId="485AFFE0" w:rsidR="000041CF" w:rsidRPr="008417B6" w:rsidRDefault="00CF254A" w:rsidP="000041CF">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="930"/>
                               </w:tabs>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="008417B6">
-[...4 lines deleted...]
-                              <w:t>Admin</w:t>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Operations</w:t>
                             </w:r>
-                            <w:r>
-[...11 lines deleted...]
-                              <w:t>strative Director,</w:t>
+                            <w:r w:rsidR="000041CF" w:rsidRPr="008417B6">
+                              <w:rPr>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Director,</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7DEC45D1" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="000041CF">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="930"/>
                               </w:tabs>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="008417B6">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Clinical Laboratory Services</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="63C44974" w14:textId="4C436700" w:rsidR="000041CF" w:rsidRDefault="007371E3" w:rsidP="000041CF">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
@@ -6638,87 +6994,80 @@
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Admin Assistant</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="064CFC91" w14:textId="0968FBDB" w:rsidR="000041CF" w:rsidRDefault="000041CF"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="522A91EF" id="Text Box 2" o:spid="_x0000_s1100" type="#_x0000_t202" style="position:absolute;margin-left:76.5pt;margin-top:7pt;width:118.5pt;height:92.5pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDA1K/iEwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkqU14hRdugwD&#10;ugvQ7QNkSY6FyaImKbGzrx8lu2l2exnmB0E0qUPy8HB9M3SaHKXzCkxFi1lOiTQchDL7in75vHtx&#10;RYkPzAimwciKnqSnN5vnz9a9LeUcWtBCOoIgxpe9rWgbgi2zzPNWdszPwEqDzgZcxwKabp8Jx3pE&#10;73Q2z/NXWQ9OWAdceo9/70Yn3ST8ppE8fGwaLwPRFcXaQjpdOut4Zps1K/eO2VbxqQz2D1V0TBlM&#10;eoa6Y4GRg1O/QXWKO/DQhBmHLoOmUVymHrCbIv+lm4eWWZl6QXK8PdPk/x8s/3B8sJ8cCcNrGHCA&#10;qQlv74F/9cTAtmVmL2+dg76VTGDiIlKW9daX09NItS99BKn79yBwyOwQIAENjesiK9gnQXQcwOlM&#10;uhwC4THlMl9cL9HF0VcUq8UKjZiDlY/PrfPhrYSOxEtFHU41wbPjvQ9j6GNIzOZBK7FTWifD7eut&#10;duTIUAG79E3oP4VpQ/qKvixWy5GBv0Lk6fsTRKcCSlmrrqJX5yBWRt7eGJGEFpjS4x2702YiMnI3&#10;shiGeiBKYCHLmCESW4M4IbUORuniquGlBfedkh5lW1H/7cCcpES/Mzie62KxiDpPxmK5mqPhLj31&#10;pYcZjlAVDZSM121IuxGJM3CLY2xUIvipkqlmlGMa0bQ6Ue+Xdop6WvDNDwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAGC2hY/bAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMT9FOwzAMfEfiHyIj8YJYwgZs&#10;LU2nCQnemLSND/Aa01ZrnKrJ1vL3mCd48p19Ot8V68l36kJDbANbeJgZUMRVcC3XFj4Pb/crUDEh&#10;O+wCk4VvirAur68KzF0YeUeXfaqVmHDM0UKTUp9rHauGPMZZ6Inl9hUGj0noUGs34CjmvtNzY561&#10;x5blQ4M9vTZUnfZnb+EDGSfvd5u7kPzWj/PT+/JgrL29mTYvoBJN6U8Mv/ElOpSS6RjO7KLqhD8t&#10;pEsS8ChTBIvMCDjKIssM6LLQ/yuUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDA1K/i&#10;EwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBg&#10;toWP2wAAAAoBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="522A91EF" id="Text Box 2" o:spid="_x0000_s1104" type="#_x0000_t202" style="position:absolute;margin-left:76.5pt;margin-top:7pt;width:118.5pt;height:92.5pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlvQPVEwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkqU14hRdugwD&#10;ugvQ7QNkSY6FyaImKbGzrx8lu2l2exnmB0E0qUPy8HB9M3SaHKXzCkxFi1lOiTQchDL7in75vHtx&#10;RYkPzAimwciKnqSnN5vnz9a9LeUcWtBCOoIgxpe9rWgbgi2zzPNWdszPwEqDzgZcxwKabp8Jx3pE&#10;73Q2z/NXWQ9OWAdceo9/70Yn3ST8ppE8fGwaLwPRFcXaQjpdOut4Zps1K/eO2VbxqQz2D1V0TBlM&#10;eoa6Y4GRg1O/QXWKO/DQhBmHLoOmUVymHrCbIv+lm4eWWZl6QXK8PdPk/x8s/3B8sJ8cCcNrGHCA&#10;qQlv74F/9cTAtmVmL2+dg76VTGDiIlKW9daX09NItS99BKn79yBwyOwQIAENjesiK9gnQXQcwOlM&#10;uhwC4THlMl9cL9HF0VcUq8UKjZiDlY/PrfPhrYSOxEtFHU41wbPjvQ9j6GNIzOZBK7FTWifD7eut&#10;duTIUAG79E3oP4VpQ/qKvixWy5GBv0Lk6fsTRKcCSlmrrqJX5yBWRt7eGJGEFpjS4x2702YiMnI3&#10;shiGeiBKYCGrmCESW4M4IbUORuniquGlBfedkh5lW1H/7cCcpES/Mzie62KxiDpPxmK5mqPhLj31&#10;pYcZjlAVDZSM121IuxGJM3CLY2xUIvipkqlmlGMa0bQ6Ue+Xdop6WvDNDwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAGC2hY/bAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMT9FOwzAMfEfiHyIj8YJYwgZs&#10;LU2nCQnemLSND/Aa01ZrnKrJ1vL3mCd48p19Ot8V68l36kJDbANbeJgZUMRVcC3XFj4Pb/crUDEh&#10;O+wCk4VvirAur68KzF0YeUeXfaqVmHDM0UKTUp9rHauGPMZZ6Inl9hUGj0noUGs34CjmvtNzY561&#10;x5blQ4M9vTZUnfZnb+EDGSfvd5u7kPzWj/PT+/JgrL29mTYvoBJN6U8Mv/ElOpSS6RjO7KLqhD8t&#10;pEsS8ChTBIvMCDjKIssM6LLQ/yuUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAlvQPV&#10;EwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBg&#10;toWP2wAAAAoBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" strokeweight=".25pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7F83CA13" w14:textId="1B92A4AD" w:rsidR="000041CF" w:rsidRPr="008417B6" w:rsidRDefault="000041CF" w:rsidP="000041CF">
+                    <w:p w14:paraId="7F83CA13" w14:textId="485AFFE0" w:rsidR="000041CF" w:rsidRPr="008417B6" w:rsidRDefault="00CF254A" w:rsidP="000041CF">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="930"/>
                         </w:tabs>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="008417B6">
-[...4 lines deleted...]
-                        <w:t>Admin</w:t>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Operations</w:t>
                       </w:r>
-                      <w:r>
-[...11 lines deleted...]
-                        <w:t>strative Director,</w:t>
+                      <w:r w:rsidR="000041CF" w:rsidRPr="008417B6">
+                        <w:rPr>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Director,</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7DEC45D1" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="000041CF">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="930"/>
                         </w:tabs>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="008417B6">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Clinical Laboratory Services</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="63C44974" w14:textId="4C436700" w:rsidR="000041CF" w:rsidRDefault="007371E3" w:rsidP="000041CF">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
@@ -7047,53 +7396,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Medical and Scientific Staff</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="315A56AF" id="_x0000_s1101" type="#_x0000_t202" style="position:absolute;margin-left:560.5pt;margin-top:8.6pt;width:124pt;height:110.6pt;z-index:251736064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6OSZiFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1MlurTirbbap&#10;Km1/pG0fAGMcowJDgcROn74DzmajbXtTlQsEHnOY+eawuhm1IgfhvART02KWUyIMh1aaXU2/fd2+&#10;uqbEB2ZapsCImh6Fpzfrly9Wg63EHHpQrXAERYyvBlvTPgRbZZnnvdDMz8AKg8EOnGYBt26XtY4N&#10;qK5VNs/zZTaAa60DLrzHr3dTkK6TftcJHj53nReBqJpibiHNLs1NnLP1ilU7x2wv+SkN9g9ZaCYN&#10;XnqWumOBkb2Tv0lpyR146MKMg86g6yQXqQaspsifVfPQMytSLQjH2zMm//9k+afDg/3iSBjfwogN&#10;TEV4ew/8uycGNj0zO3HrHAy9YC1eXERk2WB9dToaUfvKR5Fm+AgtNpntAyShsXM6UsE6CapjA45n&#10;6GIMhMcrF1fldY4hjrGizMvlPLUlY9Xjcet8eC9Ak7ioqcOuJnl2uPchpsOqx1/ibR6UbLdSqbRx&#10;u2ajHDkwdMA2jVTBs9+UIUNNXxdXi4nAXyXyNP4koWVAKyupa4r14JjMFbm9M20yWmBSTWtMWZkT&#10;yMhuohjGZiSyxUSW8XAE20B7RLQOJuviU8NFD+4nJQPatqb+x545QYn6YLA9b4qyjD5Pm3JxhSyJ&#10;u4w0lxFmOErVNFAyLTchvY0Ezt5iG7cyAX7K5JQz2jFxPz2d6PfLffrr6YGvfwEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJxW427fAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;k7SUEuJUiIojSBR/wDZekpTYjmInDXw92xO97eyOZt8U29l2YqIhtN4pSBcJCHKVN62rFejP17sN&#10;iBDRGey8IwU/FGBbXl8VmBt/ch807WMtOMSFHBU0Mfa5lKFqyGJY+J4c3778YDGyHGppBjxxuO1k&#10;liRrabF1/KHBnl4aqr73o1UQtZ712ypM99Owe8d4/D2OeqfU7c38/AQi0hz/zXDGZ3QomengR2eC&#10;6FinWcplIk8PGYizY7l+5M1BQbbcrECWhbwsUf4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAOjkmYhYCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAnFbjbt8AAAAMAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="315A56AF" id="_x0000_s1105" type="#_x0000_t202" style="position:absolute;margin-left:560.5pt;margin-top:8.6pt;width:124pt;height:110.6pt;z-index:251736064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBJGPkFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1NlNrTirbbap&#10;Km1/pG0fAAOOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWmpsUsp0QaDkKZXU2/fd2+&#10;WlLiAzOCaTCypkfp6c365YvVYCs5hw60kI6giPHVYGvahWCrLPO8kz3zM7DSYLAF17OAW7fLhGMD&#10;qvc6m+f5VTaAE9YBl97j17spSNdJv20lD5/b1stAdE0xt5Bml+Ymztl6xaqdY7ZT/JQG+4cseqYM&#10;XnqWumOBkb1Tv0n1ijvw0IYZhz6DtlVcphqwmiJ/Vs1Dx6xMtSAcb8+Y/P+T5Z8OD/aLI2F8CyM2&#10;MBXh7T3w754Y2HTM7OStczB0kgm8uIjIssH66nQ0ovaVjyLN8BEENpntAyShsXV9pIJ1ElTHBhzP&#10;0OUYCI9XLq7LZY4hjrGizMureWpLxqrH49b58F5CT+Kipg67muTZ4d6HmA6rHn+Jt3nQSmyV1mnj&#10;ds1GO3Jg6IBtGqmCZ79pQ4aavi6uFxOBv0rkafxJolcBraxVX1OsB8dkrsjtnRHJaIEpPa0xZW1O&#10;ICO7iWIYm5EogYks4+EItgFxRLQOJuviU8NFB+4nJQPatqb+x545SYn+YLA9b4qyjD5Pm3JxjSyJ&#10;u4w0lxFmOErVNFAyLTchvY0Ezt5iG7cqAX7K5JQz2jFxPz2d6PfLffrr6YGvfwEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJxW427fAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;k7SUEuJUiIojSBR/wDZekpTYjmInDXw92xO97eyOZt8U29l2YqIhtN4pSBcJCHKVN62rFejP17sN&#10;iBDRGey8IwU/FGBbXl8VmBt/ch807WMtOMSFHBU0Mfa5lKFqyGJY+J4c3778YDGyHGppBjxxuO1k&#10;liRrabF1/KHBnl4aqr73o1UQtZ712ypM99Owe8d4/D2OeqfU7c38/AQi0hz/zXDGZ3QomengR2eC&#10;6FinWcplIk8PGYizY7l+5M1BQbbcrECWhbwsUf4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAgSRj5BYCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAnFbjbt8AAAAMAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="6E305170" w14:textId="1F5025F9" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Medical Director</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="760E57ED" w14:textId="3068BDF7" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7217,83 +7566,83 @@
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BB85416" w14:textId="2812CCFD" w:rsidR="008417B6" w:rsidRDefault="008417B6" w:rsidP="008417B6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39926BDC" w14:textId="7826079E" w:rsidR="00D85501" w:rsidRDefault="00D85501" w:rsidP="008417B6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="920"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4140B27C" w14:textId="1E8AB1B9" w:rsidR="00D85501" w:rsidRDefault="00D85501" w:rsidP="00D85501">
+    <w:p w14:paraId="4140B27C" w14:textId="6C91F843" w:rsidR="00D85501" w:rsidRDefault="00D85501" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FF8CBAF" w14:textId="69714C55" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
+    <w:p w14:paraId="7FF8CBAF" w14:textId="624750DE" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C0A8500" w14:textId="26F2D454" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
+    <w:p w14:paraId="4C0A8500" w14:textId="3A412FDA" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251750400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CC85B07" wp14:editId="600FF429">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251750400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CC85B07" wp14:editId="2B6CD4FA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>7874000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>83185</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="193675"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="34925"/>
                 <wp:wrapNone/>
                 <wp:docPr id="32" name="Straight Connector 32"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="193675"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -7301,75 +7650,75 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="0DA03E74" id="Straight Connector 32" o:spid="_x0000_s1026" style="position:absolute;z-index:251750400;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="620pt,6.55pt" to="620pt,21.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVfJ2izgEAAAQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElXLBA13UNXywVB&#10;xS4f4HXGjSXbY9mmSf+esdOmK0BCIC5Oxp73Zt7zeHM3WcOOEKJG1/FmVXMGTmKv3aHj354e3rzn&#10;LCbhemHQQcdPEPnd9vWrzehbWOOApofAiMTFdvQdH1LybVVFOYAVcYUeHB0qDFYkCsOh6oMYid2a&#10;al3Xt9WIofcBJcRIu/fzId8WfqVApi9KRUjMdJx6S2UNZX3Oa7XdiPYQhB+0PLch/qELK7SjogvV&#10;vUiCfQ/6FyqrZcCIKq0k2gqV0hKKBlLT1D+peRyEh6KFzIl+sSn+P1r5+bgPTPcdv1lz5oSlO3pM&#10;QejDkNgOnSMHMTA6JKdGH1sC7Nw+nKPo9yHLnlSw+UuC2FTcPS3uwpSYnDcl7TYfbm7fvc101RXn&#10;Q0wfAS3LPx032mXdohXHTzHNqZeUvG1cXiMa3T9oY0qQJwZ2JrCjoLtOU3Mu8SKLCmZklXXMnZe/&#10;dDIws34FRV5Qr02pXqbwyimkBJcuvMZRdoYp6mAB1n8GnvMzFMqE/g14QZTK6NICttph+F31qxVq&#10;zr84MOvOFjxjfyp3WqyhUSuXc34WeZZfxgV+fbzbHwAAAP//AwBQSwMEFAAGAAgAAAAhAIL1o1De&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNNPFml7aENMjSNEYvxgvYg962&#10;7BSI7Cxll4L/3mk82Nu8mZc338t2s+3EBQffOlKwWkYgkCpnWqoVHD5eH7cgfNBkdOcIFfygh11+&#10;f5fp1LiJCryUoRYcQj7VCpoQ+lRKXzVotV+6HolvJzdYHVgOtTSDnjjcdnIdRYm0uiX+0Ogenxus&#10;vsvRKng7v/tDnBQvxed5W05fp7GpHSr1sJj3TyACzuHfDFd8RoecmY5uJONFx3odR1wm8LRZgbg6&#10;/jZHBfEmAZln8rZD/gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBVfJ2izgEAAAQEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC9aNQ3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAACgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="6F3B7FE9" id="Straight Connector 32" o:spid="_x0000_s1026" style="position:absolute;z-index:251750400;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="620pt,6.55pt" to="620pt,21.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIOYKTsAEAANMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSP1Hyzf2SRFFIg220Orcqmg&#10;gvIBrjPeWLI9lu1usn/P2NlNKqiEQFwmnvG8NzPPk+31ZA07QIgaXcebTc0ZOIm9dvuO/3i8e/uR&#10;s5iE64VBBx0/QuTXu4s329G3cIkDmh4CIxIX29F3fEjJt1UV5QBWxA16cHSpMFiRyA37qg9iJHZr&#10;qsu6vqpGDL0PKCFGit7Ol3xX+JUCmb4qFSEx03HqLRUbin3KttptRbsPwg9antoQ/9CFFdpR0YXq&#10;ViTBnoP+jcpqGTCiShuJtkKltIQyA03T1L9M830QHsosJE70i0zx/9HKL4cb9xBIhtHHNvqHkKeY&#10;VLD5S/2xqYh1XMSCKTE5ByVFm0/vrj68zzpWK86HmD4DWpYPHTfa5TFEKw73Mc2p55QcNi7biEb3&#10;d9qY4uQFgBsT2EHQ06WpOZV4kUUFM7JaOy+ndDQws34DxXRPvTalelmqlVNICS6deY2j7AxT1MEC&#10;rP8MPOVnKJSF+xvwgiiV0aUFbLXD8Fr1VQo1558VmOfOEjxhfyxvWqShzSmPc9ryvJov/QJf/8Xd&#10;TwAAAP//AwBQSwMEFAAGAAgAAAAhAIL1o1DeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNNPFml7aENMjSNEYvxgvYg9627BSI7Cxll4L/3mk82Nu8mZc338t2s+3EBQffOlKw&#10;WkYgkCpnWqoVHD5eH7cgfNBkdOcIFfygh11+f5fp1LiJCryUoRYcQj7VCpoQ+lRKXzVotV+6Holv&#10;JzdYHVgOtTSDnjjcdnIdRYm0uiX+0OgenxusvsvRKng7v/tDnBQvxed5W05fp7GpHSr1sJj3TyAC&#10;zuHfDFd8RoecmY5uJONFx3odR1wm8LRZgbg6/jZHBfEmAZln8rZD/gsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAIOYKTsAEAANMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCC9aNQ3gAAAAsBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9D1D80" w14:textId="35C16AB1" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
+    <w:p w14:paraId="4A9D1D80" w14:textId="7495E957" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251749376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5826DC85" wp14:editId="29F82A71">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251749376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5826DC85" wp14:editId="5DC1779B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6756400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>130810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1117600" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="31" name="Straight Connector 31"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1117600" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -7377,53 +7726,53 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="6DA83E28" id="Straight Connector 31" o:spid="_x0000_s1026" style="position:absolute;z-index:251749376;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532pt,10.3pt" to="620pt,10.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiQDLJzgEAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZJdaUFR0z10tXtB&#10;ULHwA7zOuLFke6yx6ce/Z+y26QqQEIiLk7HnvZn3PF7eH7wTO6BkMQyyW7RSQNA42rAd5Levj+8+&#10;SJGyCqNyGGCQR0jyfvX2zXIfe7jBCd0IJJgkpH4fBznlHPumSXoCr9ICIwQ+NEheZQ5p24yk9szu&#10;XXPTtnfNHmmMhBpS4t2H06FcVX5jQOfPxiTIwg2Se8t1pbq+lLVZLVW/JRUnq89tqH/owisbuOhM&#10;9aCyEt/J/kLlrSZMaPJCo2/QGKuhamA1XfuTmudJRaha2JwUZ5vS/6PVn3YbEnYc5G0nRVCe7+g5&#10;k7LbKYs1hsAOIgk+ZKf2MfUMWIcNnaMUN1RkHwz58mVB4lDdPc7uwiELzZtd172/a/kS9OWsuQIj&#10;pfwE6EX5GaSzoQhXvdp9TJmLceolpWy7UNaEzo6P1rkalJGBtSOxU3zZ+VBbZtyrLI4KsilCTq3X&#10;v3x0cGL9AobNKM3W6nUMr5xKawj5wusCZxeY4Q5mYPtn4Dm/QKGO6N+AZ0StjCHPYG8D0u+qX60w&#10;p/yLAyfdxYIXHI/1Uqs1PGvV8fO7KMP8Oq7w6+td/QAAAP//AwBQSwMEFAAGAAgAAAAhALJvsC7d&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPhDAQhe8m/odmTLy5rYSQDVI2xujFeAH3oLcu&#10;nQUinbK0LPjvnY0HPb43L2++V+xWN4gzTqH3pOF+o0AgNd721GrYv7/cbUGEaMiawRNq+MYAu/L6&#10;qjC59QtVeK5jK7iEQm40dDGOuZSh6dCZsPEjEt+OfnImspxaaSezcLkbZKJUJp3piT90ZsSnDpuv&#10;enYaXk9vYZ9m1XP1cdrWy+dx7lqPWt/erI8PICKu8S8MF3xGh5KZDn4mG8TAWmUpj4kaEpWBuCSS&#10;VLFz+HVkWcj/G8ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACJAMsnOAQAABQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALJvsC7dAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAAKAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="6D4ACC5B" id="Straight Connector 31" o:spid="_x0000_s1026" style="position:absolute;z-index:251749376;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532pt,10.3pt" to="620pt,10.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXA4QnsAEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7J76AojTg8tusuw&#10;Fe32AapMxQIkUZC02Pn7UkpiF9uAYcMutEjxPZJP9PZ2dpYdICaDvuftpuEMvMLB+H3Pv397+HDD&#10;WcrSD9Kih54fIfHb3ft32yl0cIUj2gEiIxKfuin0fMw5dEIkNYKTaYMBPF1qjE5mcuNeDFFOxO6s&#10;uGqaazFhHEJEBSlR9P50yXeVX2tQ+avWCTKzPafecrWx2pdixW4ru32UYTTq3Ib8hy6cNJ6KLlT3&#10;Mkv2I5pfqJxRERPqvFHoBGptFNQZaJq2+Wma51EGqLOQOCksMqX/R6u+HO78YyQZppC6FB5jmWLW&#10;0ZUv9cfmKtZxEQvmzBQF27b9eN2QpupyJ1ZgiCl/AnSsHHpujS9zyE4ePqdMxSj1klLC1heb0Jrh&#10;wVhbnbIBcGcjO0h6uzy35a0I9yaLvIIUa+v1lI8WTqxPoJkZSrO1et2qlVMqBT5feK2n7ALT1MEC&#10;bP4MPOcXKNSN+xvwgqiV0ecF7IzH+LvqqxT6lH9R4DR3keAFh2N91CoNrU5V7rzmZTff+hW+/oy7&#10;VwAAAP//AwBQSwMEFAAGAAgAAAAhALJvsC7dAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;hDAQhe8m/odmTLy5rYSQDVI2xujFeAH3oLcunQUinbK0LPjvnY0HPb43L2++V+xWN4gzTqH3pOF+&#10;o0AgNd721GrYv7/cbUGEaMiawRNq+MYAu/L6qjC59QtVeK5jK7iEQm40dDGOuZSh6dCZsPEjEt+O&#10;fnImspxaaSezcLkbZKJUJp3piT90ZsSnDpuvenYaXk9vYZ9m1XP1cdrWy+dx7lqPWt/erI8PICKu&#10;8S8MF3xGh5KZDn4mG8TAWmUpj4kaEpWBuCSSVLFz+HVkWcj/G8ofAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhABcDhCewAQAA1AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALJvsC7dAAAACwEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251748352" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E96C7CB" wp14:editId="0362EB1C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6756400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>130810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6350" cy="2724150"/>
                 <wp:effectExtent l="0" t="0" r="31750" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="30" name="Straight Connector 30"/>
@@ -7445,131 +7794,131 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="12AE56F2" id="Straight Connector 30" o:spid="_x0000_s1026" style="position:absolute;z-index:251748352;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532pt,10.3pt" to="532.5pt,224.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA9tK80gEAAAgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE0XFhQ13UNXywVB&#10;xS4f4HXGjSXbY9mmSf+esZOmK0BCIC5Oxp73Zt7zeHs3WsNOEKJG1/J6teYMnMROu2PLvz09vPnA&#10;WUzCdcKgg5afIfK73etX28E3sMEeTQeBEYmLzeBb3qfkm6qKsgcr4go9ODpUGKxIFIZj1QUxELs1&#10;1Wa9vq0GDJ0PKCFG2r2fDvmu8CsFMn1RKkJipuXUWyprKOtzXqvdVjTHIHyv5dyG+IcurNCOii5U&#10;9yIJ9j3oX6islgEjqrSSaCtUSksoGkhNvf5JzWMvPBQtZE70i03x/9HKz6dDYLpr+Q3Z44SlO3pM&#10;Qehjn9genSMHMTA6JKcGHxsC7N0hzFH0h5BljyrY/CVBbCzunhd3YUxM0ubtzTsqIelg837ztqaA&#10;SKor1oeYPgJaln9abrTL2kUjTp9imlIvKXnbuLxGNLp70MaUIE8N7E1gJ0H3ncZ6LvEiiwpmZJW1&#10;TN2Xv3Q2MLF+BUV+UL91qV4m8coppASXLrzGUXaGKepgAa7/DJzzMxTKlP4NeEGUyujSArbaYfhd&#10;9asVasq/ODDpzhY8Y3cu91qsoXErlzM/jTzPL+MCvz7g3Q8AAAD//wMAUEsDBBQABgAIAAAAIQAD&#10;GTLt3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE0VrBLiVAjBBXFJ&#10;6AFubryNI2I7jZ0m/D3bEz3O7Gj2TbFdXM9OOMYueAX3KwEMfRNM51sFu8+3uw2wmLQ3ug8eFfxi&#10;hG15fVXo3ITZV3iqU8uoxMdcK7ApDTnnsbHodFyFAT3dDmF0OpEcW25GPVO56/laCMmd7jx9sHrA&#10;F4vNTz05Be/Hj7jLZPVafR039fx9mGwbUKnbm+X5CVjCJf2H4YxP6FAS0z5M3kTWkxYyozFJwVpI&#10;YOeEkA/k7BVk2aMEXhb8ckT5BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAD20rzSAQAA&#10;CAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAMZMu3f&#10;AAAADAEAAA8AAAAAAAAAAAAAAAAALAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="2F222E11" id="Straight Connector 30" o:spid="_x0000_s1026" style="position:absolute;z-index:251748352;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532pt,10.3pt" to="532.5pt,224.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcTedgtAEAANcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO1DAMvSPxD1HuTNsBFlRNZw+7Wi4I&#10;VrB8QDZ1ppGSOErCtPP3OOlMuwIkxGovbuz4Pdsv7u56soYdIUSNruPNpuYMnMReu0PHfzzcvfnI&#10;WUzC9cKgg46fIPLr/etXu9G3sMUBTQ+BEYmL7eg7PqTk26qKcgAr4gY9OLpUGKxI5IZD1QcxErs1&#10;1baur6oRQ+8DSoiRorfzJd8XfqVApq9KRUjMdJx6S8WGYh+zrfY70R6C8IOW5zbEM7qwQjsqulDd&#10;iiTYz6D/oLJaBoyo0kairVApLaHMQNM09W/TfB+EhzILiRP9IlN8OVr55Xjj7gPJMPrYRn8f8hST&#10;CjZ/qT82FbFOi1gwJSYpePX2PQkq6WL7YfuuIYdIqhXrQ0yfAC3Lh44b7fIoohXHzzHNqZeUHDYu&#10;24hG93famOLkJYAbE9hR0POlqTmXeJJFBTOyWrsvp3QyMLN+A8V0T/02pXpZrJVTSAkuXXiNo+wM&#10;U9TBAqz/DTznZyiUpfsf8IIoldGlBWy1w/C36qsUas6/KDDPnSV4xP5U3rVIQ9tTHue86Xk9n/oF&#10;vv6P+18AAAD//wMAUEsDBBQABgAIAAAAIQADGTLt3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqE0VrBLiVAjBBXFJ6AFubryNI2I7jZ0m/D3bEz3O7Gj2TbFdXM9OOMYu&#10;eAX3KwEMfRNM51sFu8+3uw2wmLQ3ug8eFfxihG15fVXo3ITZV3iqU8uoxMdcK7ApDTnnsbHodFyF&#10;AT3dDmF0OpEcW25GPVO56/laCMmd7jx9sHrAF4vNTz05Be/Hj7jLZPVafR039fx9mGwbUKnbm+X5&#10;CVjCJf2H4YxP6FAS0z5M3kTWkxYyozFJwVpIYOeEkA/k7BVk2aMEXhb8ckT5BwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhABxN52C0AQAA1wMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAAMZMu3fAAAADAEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0881A2CD" w14:textId="26110436" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
+    <w:p w14:paraId="0881A2CD" w14:textId="58252883" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251756544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75DB429D" wp14:editId="041027B7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251756544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75DB429D" wp14:editId="45B20FAF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1644650</wp:posOffset>
+                  <wp:posOffset>1645338</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>137160</wp:posOffset>
+                  <wp:posOffset>135372</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="0" cy="1771650"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:extent cx="0" cy="238793"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="27940"/>
                 <wp:wrapNone/>
                 <wp:docPr id="40" name="Straight Connector 40"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="0" cy="1771650"/>
+                          <a:ext cx="0" cy="238793"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="53EF243E" id="Straight Connector 40" o:spid="_x0000_s1026" style="position:absolute;z-index:251756544;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="129.5pt,10.8pt" to="129.5pt,150.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS+VtYtwEAALkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu3CAQvVfKPyDuWdtRm1TWenPYqL1U&#10;7appPoBgWKMCgwa69v59B7zrVElVVVEumIF5b+Y9xuvbyVl2UBgN+I43q5oz5SX0xu87/vDj0+VH&#10;zmISvhcWvOr4UUV+u7l4tx5Dq65gANsrZETiYzuGjg8phbaqohyUE3EFQXm61IBOJApxX/UoRmJ3&#10;trqq6+tqBOwDglQx0undfMk3hV9rJdM3raNKzHacektlxbI+5rXarEW7RxEGI09tiFd04YTxVHSh&#10;uhNJsF9oXlA5IxEi6LSS4CrQ2khVNJCapn6m5n4QQRUtZE4Mi03x7Wjl18MOmek7/p7s8cLRG90n&#10;FGY/JLYF78lBQEaX5NQYYkuArd/hKYphh1n2pNHlLwliU3H3uLirpsTkfCjptLm5aa4/FL7qCRgw&#10;ps8KHMubjlvjs3DRisOXmKgYpZ5TKMiNzKXLLh2tysnWf1eaxFCxpqDLGKmtRXYQNAD9zybLIK6S&#10;mSHaWLuA6n+DTrkZpspo/S9wyS4VwacF6IwH/FvVNJ1b1XP+WfWsNct+hP5YHqLYQfNRlJ1mOQ/g&#10;n3GBP/1xm98AAAD//wMAUEsDBBQABgAIAAAAIQBrRWc43gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI87T8NAEIR7JP7DaZHoyDlBJMH4HCEeFRTGUFBufIttxbdn+S624deziAK6fYxmvsl2s+vU&#10;SENoPRtYLhJQxJW3LdcG3l4fL7agQkS22HkmA58UYJefnmSYWj/xC41lrJWYcEjRQBNjn2odqoYc&#10;hoXvieX34QeHUdah1nbAScxdp1dJstYOW5aEBnu6a6g6lEdnYPPwVBb9dP/8VeiNLorRx+3h3Zjz&#10;s/n2BlSkOf6J4Qdf0CEXpr0/sg2qM7C6upYuUYblGpQIfg97A5eSCzrP9P8K+TcAAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAUvlbWLcBAAC5AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAa0VnON4AAAAKAQAADwAAAAAAAAAAAAAAAAARBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokecolor="black [3040]"/>
+              <v:line w14:anchorId="5633E19C" id="Straight Connector 40" o:spid="_x0000_s1026" style="position:absolute;z-index:251756544;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="129.55pt,10.65pt" to="129.55pt,29.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDCkjgmAEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfIPxC815IdoE0EyzkkaC5F&#10;GzTpBzDU0iJCcoklY8l/X5Ky5aAtiiDIZcXHzO7OcLW+Hq1hO6Cg0bV8uag5Ayex027b8l+PXz9d&#10;chaicJ0w6KDlewj8enN+th58Ayvs0XRALCVxoRl8y/sYfVNVQfZgRVigB5cuFZIVMW1pW3UkhpTd&#10;mmpV15+rAanzhBJCSKe30yXflPxKgYw/lAoQmWl56i2WSCU+5Vht1qLZkvC9loc2xDu6sEK7VHRO&#10;dSuiYC+k/0pltSQMqOJCoq1QKS2haEhqlvUfah564aFoSeYEP9sUPi6t/L67cfeUbBh8aIK/p6xi&#10;VGTzN/XHxmLWfjYLxsjkdCjT6eri8svVRfaxOvE8hXgHaFletNxol2WIRuy+hThBj5DEO1Uuq7g3&#10;kMHG/QTFdJdqLQu7DAXcGGI7kZ6ze14eyhZkpihtzEyq/086YDMNyqC8lTijS0V0cSZa7ZD+VTWO&#10;x1bVhD+qnrRm2U/Y7cs7FDvSaxdDD5OZx+n1vtBP/8/mNwAAAP//AwBQSwMEFAAGAAgAAAAhAHgH&#10;bwXeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHizCzW1lLI0xo+THhA9&#10;9LhlRyBlZwm7BfTXO6YHvc3Hk3eeyXaz7cSIg28dKYgXEQikypmWagUf7883CQgfNBndOUIFX+hh&#10;l19eZDo1bqI3HMtQCw4hn2oFTQh9KqWvGrTaL1yPxLtPN1gduB1qaQY9cbjt5DKK7qTVLfGFRvf4&#10;0GB1LE9WwfrppSz66fH1u5BrWRSjC8lxr9T11Xy/BRFwDn8w/OqzOuTsdHAnMl50CparTcwoF/Et&#10;CAbOg4OCVbIBmWfy/wf5DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDDCkjgmAEAAIcD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB4B28F3gAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D9090E" w:rsidRPr="00D9090E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251738112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D080EFC" wp14:editId="25B9E82E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>7150100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>140335</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1574800" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
@@ -7654,53 +8003,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Dr. Andrea Grin</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="4D080EFC" id="_x0000_s1102" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:11.05pt;width:124pt;height:110.6pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDojkiUFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1NlsrTirbbap&#10;Km1/pG0fAAOOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWmpsUsp0QaDkKZXU2/fd2+&#10;uqbEB2YE02BkTY/S05v1yxerwVZyDh1oIR1BEeOrwda0C8FWWeZ5J3vmZ2ClwWALrmcBt26XCccG&#10;VO91Ns/zq2wAJ6wDLr3Hr3dTkK6TfttKHj63rZeB6JpibiHNLs1NnLP1ilU7x2yn+CkN9g9Z9EwZ&#10;vPQsdccCI3unfpPqFXfgoQ0zDn0Gbau4TDVgNUX+rJqHjlmZakE43p4x+f8nyz8dHuwXR8L4FkZs&#10;YCrC23vg3z0xsOmY2clb52DoJBN4cRGRZYP11eloRO0rH0Wa4SMIbDLbB0hCY+v6SAXrJKiODTie&#10;ocsxEB6vXCzL6xxDHGNFmZdX89SWjFWPx63z4b2EnsRFTR12Ncmzw70PMR1WPf4Sb/OgldgqrdPG&#10;7ZqNduTA0AHbNFIFz37Thgw1fV0sFxOBv0rkafxJolcBraxVX1OsB8dkrsjtnRHJaIEpPa0xZW1O&#10;ICO7iWIYm5EogYks4+EItgFxRLQOJuviU8NFB+4nJQPatqb+x545SYn+YLA9b4qyjD5Pm3KxRJbE&#10;XUaaywgzHKVqGiiZlpuQ3kYCZ2+xjVuVAD9lcsoZ7Zi4n55O9PvlPv319MDXvwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHH4C9TeAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;80dBaZwKUXEEieIH2MYmSRvbke2kgadne6LHmR3NflNtFzOwWfvQOysgXSXAtG2c6m0rQH69PTwD&#10;CxGtwsFZLeBHB9jWtzcVlsqd7aee97FlVGJDiQK6GMeS89B02mBYuVFbun07bzCS9C1XHs9Ubgae&#10;JcmaG+wtfehw1K+dbk77yQiIUi7yvQjz4+x3HxiPv8dJ7oS4v1teNsCiXuJ/GC74hA41MR3cZFVg&#10;A+k0W9OYKCDLUmCXRP5UkHMgp8hz4HXFr0fUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDojkiUFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBx+AvU3gAAAAwBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="4D080EFC" id="_x0000_s1106" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:11.05pt;width:124pt;height:110.6pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTkw0SFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943t1NmDFWe1zTZV&#10;pe1B2vYBMOAYFTMUSOz06XfA2Wy0bW+qcoHAY35mvvlZ3oy9JnvpvAJT02KWUyINB6HMtqbfv23e&#10;XFHiAzOCaTCypgfp6c3q9avlYCs5hw60kI6giPHVYGvahWCrLPO8kz3zM7DSYLAF17OAW7fNhGMD&#10;qvc6m+f5RTaAE9YBl97j17spSFdJv20lD1/a1stAdE0xt5Bml+YmztlqyaqtY7ZT/JgG+4cseqYM&#10;XnqSumOBkZ1Tv0n1ijvw0IYZhz6DtlVcphqwmiJ/Uc1Dx6xMtSAcb0+Y/P+T5Z/3D/arI2F8ByM2&#10;MBXh7T3wH54YWHfMbOWtczB0kgm8uIjIssH66ng0ovaVjyLN8AkENpntAiShsXV9pIJ1ElTHBhxO&#10;0OUYCI9XLi7LqxxDHGNFmZcX89SWjFVPx63z4YOEnsRFTR12Ncmz/b0PMR1WPf0Sb/OgldgordPG&#10;bZu1dmTP0AGbNFIFL37Thgw1fVtcLiYCf5XI0/iTRK8CWlmrvqZYD47JXJHbeyOS0QJTelpjytoc&#10;QUZ2E8UwNiNRAhO5jocj2AbEAdE6mKyLTw0XHbhflAxo25r6nzvmJCX6o8H2XBdlGX2eNuXiElkS&#10;dx5pziPMcJSqaaBkWq5DehsJnL3FNm5UAvycyTFntGPifnw60e/n+/TX8wNfPQIAAP//AwBQSwME&#10;FAAGAAgAAAAhAHH4C9TeAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;80dBaZwKUXEEieIH2MYmSRvbke2kgadne6LHmR3NflNtFzOwWfvQOysgXSXAtG2c6m0rQH69PTwD&#10;CxGtwsFZLeBHB9jWtzcVlsqd7aee97FlVGJDiQK6GMeS89B02mBYuVFbun07bzCS9C1XHs9Ubgae&#10;JcmaG+wtfehw1K+dbk77yQiIUi7yvQjz4+x3HxiPv8dJ7oS4v1teNsCiXuJ/GC74hA41MR3cZFVg&#10;A+k0W9OYKCDLUmCXRP5UkHMgp8hz4HXFr0fUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBTkw0SFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBx+AvU3gAAAAwBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="463139D7" w14:textId="1E71CC9B" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Service Chief</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0822144F" w14:textId="1E691AEB" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7722,220 +8071,488 @@
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Dr. Andrea Grin</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704F4A24" w14:textId="16A129E5" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
+    <w:p w14:paraId="704F4A24" w14:textId="5ED23020" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CDC45B5" w14:textId="0A590CBD" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
+    <w:p w14:paraId="2CDC45B5" w14:textId="343CEAE4" w:rsidR="000041CF" w:rsidRDefault="007B7A60" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251765760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="154A77AE" wp14:editId="55482B71">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251747328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="746015C3" wp14:editId="48A225D4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>5638800</wp:posOffset>
+                  <wp:posOffset>299946</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>92710</wp:posOffset>
+                  <wp:posOffset>82065</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="0" cy="1225550"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="31750"/>
+                <wp:extent cx="5835853" cy="11648"/>
+                <wp:effectExtent l="0" t="0" r="31750" b="26670"/>
                 <wp:wrapNone/>
-                <wp:docPr id="45" name="Straight Connector 45"/>
+                <wp:docPr id="29" name="Straight Connector 29"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="0" cy="1225550"/>
+                          <a:ext cx="5835853" cy="11648"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="23562DB7" id="Straight Connector 45" o:spid="_x0000_s1026" style="position:absolute;z-index:251765760;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="444pt,7.3pt" to="444pt,103.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSgwfXzwEAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDuje1oU1VWnD1ktXup&#10;2qjbfgCLIUYCBg00dv6+A06cVVupatUL9sC8N/Mew/Z+cpadFEYDvuPNquZMeQm98ceOf/v6+O4D&#10;ZzEJ3wsLXnX8rCK/3719sx1Dq9YwgO0VMiLxsR1Dx4eUQltVUQ7KibiCoDwdakAnEoV4rHoUI7E7&#10;W63r+n01AvYBQaoYafdhPuS7wq+1kumz1lElZjtOvaWyYllf8lrttqI9ogiDkZc2xD904YTxVHSh&#10;ehBJsO9ofqFyRiJE0GklwVWgtZGqaCA1Tf2TmudBBFW0kDkxLDbF/0crP50OyEzf8bsNZ144uqPn&#10;hMIch8T24D05CMjokJwaQ2wJsPcHvEQxHDDLnjS6/CVBbCrunhd31ZSYnDcl7Tbr9WazKc5XN2DA&#10;mJ4UOJZ/Om6Nz8JFK04fY6JilHpNydvW5zWCNf2jsbYEeWTU3iI7CbrsNDW5ZcK9yqIoI6ssZG69&#10;/KWzVTPrF6XJDGq2KdXLGN44hZTKpyuv9ZSdYZo6WID1n4GX/AxVZUT/BrwgSmXwaQE74wF/V/1m&#10;hZ7zrw7MurMFL9Cfy6UWa2jWinOXd5GH+XVc4LfXu/sBAAD//wMAUEsDBBQABgAIAAAAIQCpqCrs&#10;3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqENVBSvEqSoEF8QloQe4&#10;ufE2iRqv09hpwt+ziAMcd2Y0+ybfLq4XFxxD50nD/SoBgVR721GjYf/+cqdAhGjImt4TavjCANvi&#10;+io3mfUzlXipYiO4hEJmNLQxDpmUoW7RmbDyAxJ7Rz86E/kcG2lHM3O56+U6SVLpTEf8oTUDPrVY&#10;n6rJaXg9v4X9Ji2fy4+zqubP49Q2HrW+vVl2jyAiLvEvDD/4jA4FMx38RDaIXoNSirdENjYpCA78&#10;CgcN6+QhBVnk8v+E4hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCSgwfXzwEAAAUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCpqCrs3QAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAACkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="4B25BD50" id="Straight Connector 29" o:spid="_x0000_s1026" style="position:absolute;z-index:251747328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="23.6pt,6.45pt" to="483.1pt,7.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTTh2UtgEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815SSODAEyzkkSC9F&#10;ErTNBzDU0iLAF0jWkv8+S8qWgrZA0SCXFR87szvD1fZmNJocIETlbEvrVUUJWOE6Zfctff55/2VD&#10;SUzcdlw7Cy09QqQ3u8+ftoNv4ML1TncQCJLY2Ay+pX1KvmEsih4MjyvnweKldMHwhNuwZ13gA7Ib&#10;zS6q6poNLnQ+OAEx4unddEl3hV9KEOlRygiJ6JZib6nEUOJLjmy35c0+cN8rcWqDv6MLw5XFojPV&#10;HU+c/ArqDyqjRHDRybQSzjAnpRJQNKCauvpNzY+eeyha0JzoZ5vix9GKh8OtfQpow+BjE/1TyCpG&#10;GUz+Yn9kLGYdZ7NgTETg4Xpzud6sLykReFfX11ebbCZbwD7E9BWcIXnRUq1s1sIbfvgW05R6TsnH&#10;2uYYnVbdvdK6bPIUwK0O5MDx/dJYn0q8ycKCGcmW9ssqHTVMrN9BEtVhw3WpXiZr4eRCgE1nXm0x&#10;O8MkdjADq38DT/kZCmXq/gc8I0plZ9MMNsq68LfqixVyyj87MOnOFry47lgetliD41Me5zTqeT7f&#10;7gt8+SF3rwAAAP//AwBQSwMEFAAGAAgAAAAhAHdRng3dAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPg0AQhe8m/ofNmHizi4TQlrI0xujFeAF70NuWnQIpO0vZpeC/dzzpcb738ua9fL/YXlxx&#10;9J0jBY+rCARS7UxHjYLDx+vDBoQPmozuHaGCb/SwL25vcp0ZN1OJ1yo0gkPIZ1pBG8KQSenrFq32&#10;KzcgsXZyo9WBz7GRZtQzh9texlGUSqs74g+tHvC5xfpcTVbB2+XdH5K0fCk/L5tq/jpNbeNQqfu7&#10;5WkHIuAS/szwW5+rQ8Gdjm4i40WvIFnH7GQeb0Gwvk1TBkcGyRpkkcv/A4ofAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAJNOHZS2AQAA2AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAHdRng3dAAAACAEAAA8AAAAAAAAAAAAAAAAAEAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251763712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36E46989" wp14:editId="6DE9ED69">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705341" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A73D091" wp14:editId="6EFEB2AE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>4279900</wp:posOffset>
+                  <wp:posOffset>6134667</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>86360</wp:posOffset>
+                  <wp:posOffset>87521</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="271" cy="331409"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="31115"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Straight Connector 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="271" cy="331409"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:line w14:anchorId="4A4F2159" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251705341;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="483.05pt,6.9pt" to="483.05pt,33pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYRwYWqAEAAEMDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1vEzEQvSPxHyzfiTcpBbrKpodG5YKg&#10;Eu0PmPpj15K/5DHZ5N8zdpa0wA2xB+94xvP83vNsb4/esYPOaGMY+HrVcaaDjMqGceBPj/fvPnGG&#10;BYICF4Me+Ekjv929fbOdU683cYpO6cwIJGA/p4FPpaReCJST9oCrmHSgoonZQ6FtHoXKMBO6d2LT&#10;dR/EHLNKOUqNSNn9uch3Dd8YLcs3Y1AX5gZO3Epbc1uf6yp2W+jHDGmycqEB/8DCgw106QVqDwXY&#10;j2z/gvJW5ojRlJWMXkRjrNRNA6lZd3+o+T5B0k0LmYPpYhP+P1j59XAXHjLZMCfsMT3kquJosq9/&#10;4seOzazTxSx9LExScvNxzZmk/NXV+n13U50UL50pY/mso2c1GLizoQqBHg5fsJyP/jpS0yHeW+fa&#10;Y7jA5oHfXG+uCR5oJIyDQqFPauAYRs7AjTRrsuSGiNFZVbsrDp7wzmV2AHpumhIV50fiy5kDLFQg&#10;Ee1byP7WWunsAadzcystx1yo0LpN08L+xawaPUd1ah6KuqOXalYsU1VH4fWe4tezv/sJAAD//wMA&#10;UEsDBBQABgAIAAAAIQCfdh6a2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyD&#10;tUjc6CYtWDTEqRA/dyhBojc3WZKIeB1iNw1vzyIOcNyZT7Mz+WZ2vZpoDJ1nA+kiAUVc+brjxkD5&#10;8nhxDSpEy7XtPZOBLwqwKU5PcpvV/sjPNG1joySEQ2YNtDEOGWKoWnI2LPxALN67H52Nco4N1qM9&#10;SrjrcZkkGp3tWD60dqC7lqqP7cEZWH3unrDk6m2J0/3V60NaDpdYGnN+Nt/egIo0xz8YfupLdSik&#10;094fuA6qN7DWOhVUjJVMEOBX2BvQOgEscvy/oPgGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAGEcGFqgBAABDAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAn3YemtsAAAAJAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAAoFAAAAAA==&#10;" strokecolor="windowText"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F5195A">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251765760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="154A77AE" wp14:editId="71819761">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5011180</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>93713</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="1223083"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="34290"/>
+                <wp:wrapNone/>
+                <wp:docPr id="45" name="Straight Connector 45"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="1223083"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:line w14:anchorId="77E17301" id="Straight Connector 45" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251765760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="394.6pt,7.4pt" to="394.6pt,103.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDB7Z6puQEAAN4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6N3JSYCiMOD206HYY&#10;tqLbPkCVqViAJAqSFjt/X0pOnKIbBmzYRbAovke+R3p7OznLDhCTQd/x9arhDLzC3vh9x398f7i6&#10;4Sxl6Xtp0UPHj5D47e79u+0YWtjggLaHyIjEp3YMHR9yDq0QSQ3gZFphAE+PGqOTma5xL/ooR2J3&#10;Vmya5oMYMfYhooKUKHo/P/Jd5dcaVP6qdYLMbMept1zPWM/ncordVrb7KMNg1KkN+Q9dOGk8FV2o&#10;7mWW7Gc0v1A5oyIm1Hml0AnU2iioGkjNunmj5tsgA1QtZE4Ki03p/9GqL4c7/xjJhjGkNoXHWFRM&#10;OjqmrQmfaKZVF3XKpmrbcbENpszUHFQUXW82183NdbFUzBSFKsSUPwI6Vj46bo0vimQrD59TnlPP&#10;KSVsfTkTWtM/GGvrpewC3NnIDpKmmKf1qcSrLCpYkOIion7lo4WZ9Qk0Mz01O8up+3XhlEqBz2de&#10;6ym7wDR1sACb2vYfgaf8AoW6e38DXhC1Mvq8gJ3xGH9X/WKFnvPPDsy6iwXP2B/reKs1tER1OKeF&#10;L1v6+l7hl99y9wIAAP//AwBQSwMEFAAGAAgAAAAhAB30bQXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyojalom8apEFIrxK2hEuLmxJsfNbaj2E1Tnp5FHMpxZz7NzqSb&#10;yXZsxCG03il4nAlg6EpvWlcrOHxsH5bAQtTO6M47VHDBAJvs9ibVifFnt8cxjzWjEBcSraCJsU84&#10;D2WDVoeZ79GRV/nB6kjnUHMz6DOF245LIZ651a2jD43u8bXB8pifrIJtUV2+vnefb7Layeb4/nTY&#10;j7lQ6v5uelkDizjFKwy/9ak6ZNSp8CdnAusULJYrSSgZc5pAwJ9QKJBiMQeepfz/hOwHAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAwe2eqbkBAADeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHfRtBd8AAAAKAQAADwAAAAAAAAAAAAAAAAATBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAB8FAAAAAA==&#10;" strokecolor="black [3213]"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F5195A">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251763712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36E46989" wp14:editId="7FE7EB38">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3877945</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>87829</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="12700" cy="1524000"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="44" name="Straight Connector 44"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="12700" cy="1524000"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="799B6D38" id="Straight Connector 44" o:spid="_x0000_s1026" style="position:absolute;z-index:251763712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="337pt,6.8pt" to="338pt,126.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLZTvF0gEAAAkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO2zAMvBfoPwi6N7aD9AEjzh6y2F6K&#10;Nuh2P0ArU7EAvUCpsfP3peTEWbQFiha90KbEGZJDans3WcNOgFF71/FmVXMGTvpeu2PHn749vPnA&#10;WUzC9cJ4Bx0/Q+R3u9evtmNoYe0Hb3pARiQutmPo+JBSaKsqygGsiCsfwNGl8mhFIhePVY9iJHZr&#10;qnVdv6tGj31ALyFGOr2fL/mu8CsFMn1RKkJipuNUWyoWi33OttptRXtEEQYtL2WIf6jCCu0o6UJ1&#10;L5Jg31H/QmW1RB+9SivpbeWV0hJKD9RNU//UzeMgApReSJwYFpni/6OVn08HZLrv+GbDmROWZvSY&#10;UOjjkNjeO0cKemR0SUqNIbYE2LsDXrwYDpjbnhTa/KWG2FTUPS/qwpSYpMNm/b6mEUi6ad6uNzU5&#10;xFLdwAFj+gjesvzTcaNdbl604vQppjn0GpKPjcs2eqP7B21McfLawN4gOwkaeJqaS4oXUZQwI6vc&#10;zFx++UtnAzPrV1AkSC64ZC+reOMUUoJLV17jKDrDFFWwAOs/Ay/xGQplTf8GvCBKZu/SArbaefxd&#10;9psUao6/KjD3nSV49v25DLZIQ/tWhnN5G3mhX/oFfnvBux8AAAD//wMAUEsDBBQABgAIAAAAIQA7&#10;fK013gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqEMpbpXGqRCCC+KS&#10;0APc3HibRI3Xaew04e9ZTnDcmdHsm2w3u05ccAitJw33iwQEUuVtS7WG/cfr3QZEiIas6Tyhhm8M&#10;sMuvrzKTWj9RgZcy1oJLKKRGQxNjn0oZqgadCQvfI7F39IMzkc+hlnYwE5e7Ti6TRElnWuIPjenx&#10;ucHqVI5Ow9v5PexXqngpPs+bcvo6jk3tUevbm/lpCyLiHP/C8IvP6JAz08GPZIPoNKj1irdENh4U&#10;CA6otWLhoGH5yIrMM/l/Qv4DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAS2U7xdIBAAAJ&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAO3ytNd4A&#10;AAAKAQAADwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="72BA22D9" id="Straight Connector 44" o:spid="_x0000_s1026" style="position:absolute;z-index:251763712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="305.35pt,6.9pt" to="306.35pt,126.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8GDcAswEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2wH+4IRp4cW7WXo&#10;im39AapMxQIkUZC02Pn3peTELrYBw4ZdaJHieySf6N31ZA07QogaXcebTc0ZOIm9doeOP32/e/uJ&#10;s5iE64VBBx0/QeTX+6s3u9G3sMUBTQ+BEYmL7eg7PqTk26qKcgAr4gY9OLpUGKxI5IZD1QcxErs1&#10;1bauP1Qjht4HlBAjRW/nS74v/EqBTF+UipCY6Tj1looNxT5nW+13oj0E4Qctz22If+jCCu2o6EJ1&#10;K5JgP4L+hcpqGTCiShuJtkKltIQyA03T1D9N820QHsosJE70i0zx/9HKh+ONewwkw+hjG/1jyFNM&#10;Ktj8pf7YVMQ6LWLBlJikYLP9WJOikm6a99t3NTnEUq1gH2K6B7QsHzputMuziFYcP8c0p15Scti4&#10;bCMa3d9pY4qTtwBuTGBHQe+XpuZc4lUWFczIam2/nNLJwMz6FRTTfW64VC+btXIKKcGlC69xlJ1h&#10;ijpYgPWfgef8DIWydX8DXhClMrq0gK12GH5XfZVCzfkXBea5swTP2J/KwxZpaH3K45xXPe/na7/A&#10;1x9y/wIAAP//AwBQSwMEFAAGAAgAAAAhANXioUfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizC6jYUJbGGL0YL2APetuyUyBlZym7FPz3jid7nPe+vHkv3y62F2ccfedI&#10;QbyKQCDVznTUKNh9vt2tQfigyejeESr4QQ/b4voq15lxM5V4rkIjOIR8phW0IQyZlL5u0Wq/cgMS&#10;ewc3Wh34HBtpRj1zuO1lEkWptLoj/tDqAV9arI/VZBW8nz787iEtX8uv07qavw9T2zhU6vZmed6A&#10;CLiEfxj+6nN1KLjT3k1kvOgVpHH0xCgb9zyBgTROWNgrSB5ZkUUuLycUvwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQD8GDcAswEAANgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDV4qFH3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F5195A">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251757568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3773603A" wp14:editId="540D4799">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706366" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41D35AC2" wp14:editId="0C2FAD9A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>368300</wp:posOffset>
+                  <wp:posOffset>2771140</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>86360</wp:posOffset>
+                  <wp:posOffset>84019</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="1270000"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
+                <wp:wrapNone/>
+                <wp:docPr id="43" name="Straight Connector 43"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="1270000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:line w14:anchorId="272E4469" id="Straight Connector 43" o:spid="_x0000_s1026" style="position:absolute;z-index:251706366;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="218.2pt,6.6pt" to="218.2pt,106.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx06wlrgEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcu7b30FbWenNIlFyi&#10;NurHDyB4WCMBg4Csvf++A961ozZSlKo+jGGY92bmMeyuJ2vYEULU6DrebGrOwEnstTt0/NfPu49f&#10;OItJuF4YdNDxE0R+vb/6sBt9C1sc0PQQGJG42I6+40NKvq2qKAewIm7Qg6NDhcGKRNtwqPogRmK3&#10;ptrW9adqxND7gBJiJO/tfMj3hV8pkOmbUhESMx2n2lKxodinbKv9TrSHIPyg5bkM8Q9VWKEdJV2o&#10;bkUS7Dnov6islgEjqrSRaCtUSksoPVA3Tf1HNz8G4aH0QuJEv8gU/x+t/Hq8cY+BZBh9bKN/DLmL&#10;SQWb/1Qfm4pYp0UsmBKTs1OSt9l+runLQlYr0IeY7gEty4uOG+1yH6IVx4eY5tBLSHYbl21Eo/s7&#10;bUzZ5AmAGxPYUdDdpak5p3gRRQkzslpLL6t0MjCzfgfFdE/FNiV7maqVU0gJLl14jaPoDFNUwQKs&#10;3wae4zMUysS9B7wgSmZ0aQFb7TC8ln2VQs3xFwXmvrMET9ifyqUWaWh0yuWcxzzP5st9ga+Pcf8b&#10;AAD//wMAUEsDBBQABgAIAAAAIQCT5FpT3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;EIXvJv6HzZh4s4uUkAZZmsboxXgBe9Dblp0CKTtL2aXgv3caD3qc9768eS/fLrYXFxx950jB4yoC&#10;gVQ701GjYP/x+rAB4YMmo3tHqOAbPWyL25tcZ8bNVOKlCo3gEPKZVtCGMGRS+rpFq/3KDUjsHd1o&#10;deBzbKQZ9czhtpdxFKXS6o74Q6sHfG6xPlWTVfB2fvf7JC1fys/zppq/jlPbOFTq/m7ZPYEIuIQ/&#10;GK71uToU3OngJjJe9AqSdZowysY6BsHAr3BQEF8VWeTy/4TiBwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAPHTrCWuAQAA1AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJPkWlPcAAAACgEAAA8AAAAAAAAAAAAAAAAACAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokecolor="black [3213]"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F5195A">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251707391" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D43A469" wp14:editId="14E0F62E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1493908</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>82065</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="1529824"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="32385"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Straight Connector 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="1529824"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:line w14:anchorId="4A3FAD08" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251707391;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="117.65pt,6.45pt" to="117.65pt,126.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvGImIpgEAAEIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUstu2zAQvBfoPxC817SFukgEyznESC9F&#10;G6DpB2z4kAjwBS5r2X/fJa06aXorqgO13OUOZ4a7uzt5x446o41h4JvVmjMdZFQ2jAP/8fTw4YYz&#10;LBAUuBj0wM8a+d3+/bvdnHrdxSk6pTMjkID9nAY+lZJ6IVBO2gOuYtKBiiZmD4W2eRQqw0zo3olu&#10;vf4k5phVylFqRMoeLkW+b/jGaFm+GYO6MDdw4lbamtv6XFex30E/ZkiTlQsN+AcWHmygS69QByjA&#10;fmb7F5S3MkeMpqxk9CIaY6VuGkjNZv1GzfcJkm5ayBxMV5vw/8HKr8f78JjJhjlhj+kxVxUnk339&#10;Ez92amadr2bpU2HykpSU3Wy725vuYzVSvDSmjOWzjp7VYODOhqoDejh+wXI5+vtITYf4YJ1rb+EC&#10;mwd+u+22nEmgiTAOCoU+qYFjGDkDN9KoyZIbIkZnVe2uOHjGe5fZEei1aUhUnJ+ILmcOsFCBNLRv&#10;IftHa6VzAJwuza20HHOhQus2TAv7F69q9BzVuVko6o4eqlmxDFWdhNd7il+P/v4XAAAA//8DAFBL&#10;AwQUAAYACAAAACEA7MfqgNwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0+DQBDF7yZ+h82Y&#10;eLNDQUyLLI3xz10rJva2hRGI7CyyW4rf3jE96G1m3sub38s3s+3VRKPvHGtYLiJQxJWrO240lK9P&#10;VytQPhiuTe+YNHyTh01xfpabrHZHfqFpGxolIewzo6ENYcgQfdWSNX7hBmLRPtxoTZB1bLAezVHC&#10;bY9xFN2gNR3Lh9YMdN9S9bk9WA3J1+4ZS67eY5we0rfHZTlcY6n15cV8dwsq0Bz+zPCLL+hQCNPe&#10;Hbj2qtcQJ2kiVhHiNSgxnA57GdJkBVjk+L9C8QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDvGImIpgEAAEIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDsx+qA3AAAAAoBAAAPAAAAAAAAAAAAAAAAAAAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAACQUAAAAA&#10;" strokecolor="windowText"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F5195A">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251757568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3773603A" wp14:editId="111D9B4D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>298409</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>80131</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="1130300"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="31750"/>
                 <wp:wrapNone/>
                 <wp:docPr id="41" name="Straight Connector 41"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="1130300"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
@@ -7943,135 +8560,67 @@
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="783085A1" id="Straight Connector 41" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251757568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="29pt,6.8pt" to="29pt,95.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvEaqC2AEAAA8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfyW5ahNAqmx5SFQ4I&#10;Ikp/gOsdZy3ZHmts8vHvGXuTTQUICcTF8tjz3sx7Hq/ujt6JPVCyGHq5XLRSQNA42LDr5dO3hzfv&#10;pUhZhUE5DNDLEyR5t379anWIHdzgiG4AEkwSUneIvRxzjl3TJD2CV2mBEQJfGiSvMoe0awZSB2b3&#10;rrlp23fNAWmIhBpS4tP76VKuK78xoPMXYxJk4XrJveW6Ul2fy9qsV6rbkYqj1ec21D904ZUNXHSm&#10;uldZie9kf6HyVhMmNHmh0TdojNVQNbCaZfuTmsdRRaha2JwUZ5vS/6PVn/dbEnbo5dulFEF5fqPH&#10;TMruxiw2GAI7iCT4kp06xNQxYBO2dI5S3FKRfTTkhXE2fuQhqEawNHGsPp9mn+GYhZ4ONZ8ul7ft&#10;bVvfoJkoClWklD8AelE2vXQ2FAtUp/afUuaynHpJKcculDWhs8ODda4GZXhg40jsFT97PtbmGfci&#10;i6OCbIqkSUTd5ZODifUrGLaFm53k1IG8ciqtIeQLrwucXWCGO5iBbW37j8BzfoFCHda/Ac+IWhlD&#10;nsHeBqTfVb9aYab8iwOT7mLBMw6n+rzVGp666vj5h5SxfhlX+PUfr38AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCDtBmt3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3TTFUGM2&#10;RYQW8dZYEG+b7OQPzc6G7DZN/fSOXuzxN+/x5r1sM9teTDj6zpGC5SICgVQ501Gj4PCxfViD8EGT&#10;0b0jVHBBD5v89ibTqXFn2uNUhEZwCPlUK2hDGFIpfdWi1X7hBiTWajdaHRjHRppRnznc9jKOokRa&#10;3RF/aPWAry1Wx+JkFWzL+vL1vft8i+td3B7fV4f9VERK3d/NL88gAs7h3wy/9bk65NypdCcyXvQK&#10;Htc8JfB9lYBg/Y9L5qdlAjLP5PWA/AcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDvEaqC&#10;2AEAAA8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCD&#10;tBmt3QAAAAgBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="07752B9D" id="Straight Connector 41" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251757568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="23.5pt,6.3pt" to="23.5pt,95.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+4UnvugEAAN4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01r3DAQvRf6H4TuXdkJlGLWm0NC0kNp&#10;Qz9+gCKP1gJJIyR17f33Hcm73tCUQksuwhrNezPvzXh7MzvLDhCTQd/zdtNwBl7hYPy+5z++37/7&#10;wFnK0g/SooeeHyHxm93bN9spdHCFI9oBIiMSn7op9HzMOXRCJDWCk2mDATw9aoxOZrrGvRiinIjd&#10;WXHVNO/FhHEIERWkRNG75ZHvKr/WoPIXrRNkZntOveV6xno+lVPstrLbRxlGo05tyP/owknjqehK&#10;dSezZD+jeUHljIqYUOeNQidQa6OgaiA1bfObmm+jDFC1kDkprDal16NVnw+3/jGSDVNIXQqPsaiY&#10;dXRMWxM+0kyrLuqUzdW242obzJmpJago2rbXzXVTLRULRaEKMeUHQMfKR8+t8UWR7OThU8pUllLP&#10;KSVsfTkTWjPcG2vrpewC3NrIDpKmmOe2TI1wz7LoVpDiIqJ+5aOFhfUraGYGanaRU/frwimVAp/P&#10;vNZTdoFp6mAFNrXtvwJP+QUKdff+BbwiamX0eQU74zH+qfrFCr3knx1YdBcLnnA41vFWa2iJqnOn&#10;hS9b+vxe4ZffcvcLAAD//wMAUEsDBBQABgAIAAAAIQCfqHuX3QAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqE1AgYY4FUJqhbg1VEK9ObETR43XUeymKV/PwqUc385odiZf&#10;za5nkxlD51HC/UIAM1h73WErYfe5vnsGFqJCrXqPRsLZBFgV11e5yrQ/4dZMZWwZhWDIlAQb45Bx&#10;HmprnAoLPxgkrfGjU5FwbLke1YnCXc8TIVLuVIf0warBvFlTH8qjk7CumvP+e/P1njSbxB4+Hnbb&#10;qRRS3t7Mry/AopnjxQy/9ak6FNSp8kfUgfUSHp9oSqR7kgIj/Y8r4qVIgRc5/z+g+AEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD+4UnvugEAAN4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCfqHuX3QAAAAgBAAAPAAAAAAAAAAAAAAAAABQEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHgUAAAAA&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00073E96">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251759616" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41D35AC2" wp14:editId="666D9710">
-[...67 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251751424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="405364BB" wp14:editId="3DF361DE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251751424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="405364BB" wp14:editId="66CC0A53">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6762750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>41910</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="387350" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="31750" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="35" name="Straight Connector 35"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="387350" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -8082,168 +8631,255 @@
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="31B9EF94" id="Straight Connector 35" o:spid="_x0000_s1026" style="position:absolute;z-index:251751424;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="532.5pt,3.3pt" to="563pt,3.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMLLYa0AEAAAQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfyW4aFapVNj2kKhcE&#10;EaU/wPWOs5ZsjzU2+fj3jJ1kUwESAnHx7tjz3sx7Hi/vD96JHVCyGHo5n7VSQNA42LDt5fO3x3d3&#10;UqSswqAcBujlEZK8X719s9zHDm5wRDcACSYJqdvHXo45x65pkh7BqzTDCIEPDZJXmUPaNgOpPbN7&#10;19y07ftmjzREQg0p8e7D6VCuKr8xoPMXYxJk4XrJveW6Ul1fytqslqrbkoqj1ec21D904ZUNXHSi&#10;elBZie9kf6HyVhMmNHmm0TdojNVQNbCaefuTmqdRRaha2JwUJ5vS/6PVn3cbEnbo5eJWiqA839FT&#10;JmW3YxZrDIEdRBJ8yE7tY+oYsA4bOkcpbqjIPhjy5cuCxKG6e5zchUMWmjcXdx8Wt3wH+nLUXHGR&#10;Uv4I6EX56aWzoehWndp9SplrceolpWy7UNaEzg6P1rkalImBtSOxU3zX+TAvHTPuVRZHBdkUHafO&#10;618+OjixfgXDXnCv81q9TuGVU2kNIV94XeDsAjPcwQRs/ww85xco1An9G/CEqJUx5AnsbUD6XfWr&#10;FeaUf3HgpLtY8ILDsd5ptYZHrTp3fhZlll/HFX59vKsfAAAA//8DAFBLAwQUAAYACAAAACEAiYdK&#10;7dwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7WVuFGnFVhViFNVCC6IS0IP&#10;cHPjbRIRr9PYacLfs+VCjzM7mn2TbWfXiTMOofWkYbVMQCBV3rZUa9h/vN5vQIRoyJrOE2r4wQDb&#10;/PYmM6n1ExV4LmMtuIRCajQ0MfaplKFq0Jmw9D0S345+cCayHGppBzNxuevkOkmUdKYl/tCYHp8b&#10;rL7L0Wl4O72H/YMqXorP06acvo5jU3vU+m4x755ARJzjfxgu+IwOOTMd/Eg2iI51oh55TNSgFIhL&#10;YLVWbBz+DJln8npB/gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMLLYa0AEAAAQEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJh0rt3AAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAACoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" strokecolor="black [3213]"/>
-[...67 lines deleted...]
-              <v:line w14:anchorId="1BC194B9" id="Straight Connector 29" o:spid="_x0000_s1026" style="position:absolute;z-index:251747328;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="29pt,6.8pt" to="444pt,7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0O0PU1QEAAAgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDujZ1U2bZWnD1ktb1U&#10;bdTdfgCLhxgJGAQ0dv6+A06cVVup6mov2APz3sx7DJvb0Rp2hBA1upYvFzVn4CR22h1a/uPx/t1H&#10;zmISrhMGHbT8BJHfbt++2Qy+gRX2aDoIjEhcbAbf8j4l31RVlD1YERfowdGhwmBFojAcqi6Igdit&#10;qVZ1fVMNGDofUEKMtHs3HfJt4VcKZPqmVITETMupt1TWUNanvFbbjWgOQfhey3Mb4gVdWKEdFZ2p&#10;7kQS7GfQf1BZLQNGVGkh0VaolJZQNJCaZf2bmodeeChayJzoZ5vi69HKr8d9YLpr+eoTZ05YuqOH&#10;FIQ+9Int0DlyEAOjQ3Jq8LEhwM7twzmKfh+y7FEFm78kiI3F3dPsLoyJSdpcrz7U65ouQdLZzft1&#10;Mb+6Yn2I6TOgZfmn5Ua7rF004vglJqpHqZeUvG1cXiMa3d1rY0qQpwZ2JrCjoPtO4zJ3TbhnWRRl&#10;ZJW1TN2Xv3QyMLF+B0V+UL/LUr1M4pVTSAkuXXiNo+wMU9TBDKz/DTznZyiUKf0f8IwoldGlGWy1&#10;w/C36lcr1JR/cWDSnS14wu5U7rVYQ+NWnDs/jTzPz+MCvz7g7S8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2HTVL3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqAOUyErjVAjB&#10;BXFJ6AFubrKNo8brNHaa8PdsT3DcN6PZmXy7uF6ccQydJw33qwQEUu2bjloNu8+3OwUiREON6T2h&#10;hh8MsC2ur3KTNX6mEs9VbAWHUMiMBhvjkEkZaovOhJUfkFg7+NGZyOfYymY0M4e7Xj4kSSqd6Yg/&#10;WDPgi8X6WE1Ow/vpI+zWaflafp1UNX8fJtt61Pr2ZnnegIi4xD8zXOpzdSi4095P1ATRa3hSPCUy&#10;f0xBsK7UBewZrFOQRS7/Dyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHQ7Q9TVAQAA&#10;CAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPYdNUvc&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAALwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="193B4D5C" id="Straight Connector 35" o:spid="_x0000_s1026" style="position:absolute;z-index:251751424;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="532.5pt,3.3pt" to="563pt,3.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAb40masQEAANMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3JabCuMOD20aC/D&#10;WmzrB6gyFQuQREHSYufvSymJXXQDhg270CLF90g+0ZvryVm2h5gM+o6vVw1n4BX2xu86/vTj7sMV&#10;ZylL30uLHjp+gMSvt+/fbcbQwgUOaHuIjEh8asfQ8SHn0AqR1ABOphUG8HSpMTqZyY070Uc5Eruz&#10;4qJpPokRYx8iKkiJorfHS76t/FqDyg9aJ8jMdpx6y9XGap+LFduNbHdRhsGoUxvyH7pw0ngqOlPd&#10;yizZz2h+oXJGRUyo80qhE6i1UVBnoGnWzZtpvg8yQJ2FxElhlin9P1r1dX/jHyPJMIbUpvAYyxST&#10;jq58qT82VbEOs1gwZaYoeHn1+fIjSarOV2LBhZjyPaBj5dBxa3wZQ7Zy/yVlqkWp55QStr7YhNb0&#10;d8ba6pQFgBsb2V7S0+VpXZ6KcK+yyCtIsXReT/lg4cj6DTQzPfW6rtXrUi2cUinw+cxrPWUXmKYO&#10;ZmDzZ+Apv0ChLtzfgGdErYw+z2BnPMbfVV+k0Mf8swLHuYsEz9gf6ptWaWhzqnKnLS+r+dqv8OVf&#10;3L4AAAD//wMAUEsDBBQABgAIAAAAIQCJh0rt3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtZW4UacVWFWIU1UILohLQg9wc+NtEhGv09hpwt+z5UKPMzuafZNtZ9eJMw6h9aRh&#10;tUxAIFXetlRr2H+83m9AhGjIms4TavjBANv89iYzqfUTFXguYy24hEJqNDQx9qmUoWrQmbD0PRLf&#10;jn5wJrIcamkHM3G56+Q6SZR0piX+0JgenxusvsvRaXg7vYf9gypeis/Tppy+jmNTe9T6bjHvnkBE&#10;nON/GC74jA45Mx38SDaIjnWiHnlM1KAUiEtgtVZsHP4MmWfyekH+CwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhABvjSZqxAQAA0wMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAImHSu3cAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196B09B2" w14:textId="64F28005" w:rsidR="000041CF" w:rsidRDefault="00D9090E" w:rsidP="00D85501">
+    <w:p w14:paraId="196B09B2" w14:textId="5CA4D534" w:rsidR="000041CF" w:rsidRDefault="007B7A60" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000041CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251766784" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6056384D" wp14:editId="7130E099">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251768832" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="157DFCA6" wp14:editId="3E20CFB5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>5073650</wp:posOffset>
+                  <wp:posOffset>5666105</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>111760</wp:posOffset>
+                  <wp:posOffset>125095</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1162050" cy="1404620"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:extent cx="920115" cy="523240"/>
+                <wp:effectExtent l="0" t="0" r="13335" b="10160"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="2" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="920115" cy="523240"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="3175">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="6775B5DB" w14:textId="08716121" w:rsidR="007B7A60" w:rsidRDefault="007B7A60" w:rsidP="007B7A60">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Business Manager</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5A56E7D4" w14:textId="6F77A465" w:rsidR="006F34F9" w:rsidRDefault="006F34F9" w:rsidP="006F34F9">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Marc Robichaud</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="157DFCA6" id="_x0000_s1107" type="#_x0000_t202" style="position:absolute;margin-left:446.15pt;margin-top:9.85pt;width:72.45pt;height:41.2pt;z-index:251768832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAE0Lh0EwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOk7U14hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzry8lp2nQbS/D9CCIInV0eEgub4bOsL1Cr8GWPJ9MOVNWQq3ttuTfv23e&#10;XHHmg7C1MGBVyQ/K85vV61fL3hVqBi2YWiEjEOuL3pW8DcEVWeZlqzrhJ+CUJWcD2IlAJm6zGkVP&#10;6J3JZtPp26wHrB2CVN7T7d3o5KuE3zRKhi9N41VgpuTELaQd017FPVstRbFF4VotjzTEP7DohLb0&#10;6QnqTgTBdqh/g+q0RPDQhImELoOm0VKlHCibfPoim4dWOJVyIXG8O8nk/x+s/Lx/cF+RheEdDFTA&#10;lIR39yB/eGZh3Qq7VbeI0LdK1PRxHiXLeueL49MotS98BKn6T1BTkcUuQAIaGuyiKpQnI3QqwOEk&#10;uhoCk3R5TYnnC84kuRazi9k8FSUTxdNjhz58UNCxeCg5Uk0TuNjf+xDJiOIpJP7lweh6o41JBm6r&#10;tUG2F1T/TVqJ/4swY1lf8ov8cjHm/1eIaVp/guh0oEY2uiv51SlIFFG197ZObRaENuOZKBt7lDEq&#10;N2oYhmpgui75KEGUtYL6QMIijI1Lg0aHFvAXZz01bcn9z51AxZn5aKk41/mc3rKQjPnickYGnnuq&#10;c4+wkqBKHjgbj+uQJiMKZ+GWitjoJPAzkyNnasak+3FwYref2ynqebxXjwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAE2vWubdAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQtetK&#10;pA1xqgoJdiD18QHT2CRRM+Modpvw9zgr2M3oHt05U2wn6sTNDaH1bGC5UCAcV962XBs4Hd+f1yBC&#10;RLbYeXYGflyAbXl/V2Bu/ch7dzvEWqQSDjkaaGLscylD1TjCsPC945R9+4EwpnWopR1wTOXUSa3U&#10;iyRsOV1osHdvjasuhysZ+ETGiWi/e/KRvmjUl4/sqIx5fJh2ryCim+IfDLN+UocyOZ39lW0QnYH1&#10;Rq8SmoJNBmIG1CrTIM7zpJcgy0L+/6H8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAATQ&#10;uHQTAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AE2vWubdAAAACwEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" strokeweight=".25pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="6775B5DB" w14:textId="08716121" w:rsidR="007B7A60" w:rsidRDefault="007B7A60" w:rsidP="007B7A60">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Business Manager</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5A56E7D4" w14:textId="6F77A465" w:rsidR="006F34F9" w:rsidRDefault="006F34F9" w:rsidP="006F34F9">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Marc Robichaud</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="000041CF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251766784" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6056384D" wp14:editId="5D84F788">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4580255</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>127635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="989965" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="19685" b="21590"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="17" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1162050" cy="1404620"/>
+                          <a:ext cx="989965" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2D9C3FE2" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
@@ -8367,53 +9003,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>equencing</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="6056384D" id="_x0000_s1103" type="#_x0000_t202" style="position:absolute;margin-left:399.5pt;margin-top:8.8pt;width:91.5pt;height:110.6pt;z-index:251766784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODL+gEwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tNNlNrTirbbap&#10;Km0P0rYPgAHHqJihQGKnT98Be7Pp6aaqLxDjgX9mvhnWN0OnyVE6r8BUtJjllEjDQSizr+iXz7sX&#10;K0p8YEYwDUZW9CQ9vdk8f7bubSnn0IIW0hEUMb7sbUXbEGyZZZ63smN+BlYadDbgOhbQdPtMONaj&#10;eqezeZ5fZT04YR1w6T3+vRuddJP0m0by8LFpvAxEVxRzC2l1aa3jmm3WrNw7ZlvFpzTYP2TRMWUw&#10;6FnqjgVGDk79JtUp7sBDE2YcugyaRnGZasBqivyXah5aZmWqBeF4e8bk/58s/3B8sJ8cCcNrGLCB&#10;qQhv74F/9cTAtmVmL2+dg76VTGDgIiLLeuvL6WpE7UsfRer+PQhsMjsESEJD47pIBeskqI4NOJ2h&#10;yyEQHkMWV/N8iS6OvmKRL9BMMVj5eN06H95K6EjcVNRhV5M8O977ENNh5eORGM2DVmKntE6G29db&#10;7ciR4QTs0jep/3RMG9JX9GVxvRwJ/FUiT9+fJDoVcJS16iq6Oh9iZeT2xog0aIEpPe4xZW0mkJHd&#10;SDEM9UCUwERWMUIEW4M4IVoH4+jiU8NNC+47JT2ObUX9twNzkhL9zmB7XhWLRZzzZCyW18iSuEtP&#10;felhhqNURQMl43Yb0ttI4OwttnGnEuCnTKaccRwT9+npxHm/tNOppwe++QEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAMKP29zeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ4A2&#10;CXEqRMURJIo/YBsvSUpsR7GTBr6e5VSOOzOafVNuF9uLmcbQeafgdpWAIFd707lGgf54uclAhIjO&#10;YO8dKfimANvq8qLEwviTe6d5HxvBJS4UqKCNcSikDHVLFsPKD+TY+/Sjxcjn2Egz4onLbS/TJFlL&#10;i53jDy0O9NxS/bWfrIKo9aJf78P8MI+7N4zHn+Okd0pdXy1PjyAiLfEchj98RoeKmQ5+ciaIXsEm&#10;z3lLZGOzBsGBPEtZOChI77IMZFXK/xOqXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCO&#10;DL+gEwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDCj9vc3gAAAAoBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="6056384D" id="_x0000_s1108" type="#_x0000_t202" style="position:absolute;margin-left:360.65pt;margin-top:10.05pt;width:77.95pt;height:110.6pt;z-index:251766784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfAihvFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2MydNrDhVly7T&#10;pO6H1O4PwBjHaJhjQGJnf30PnKZRu71M4wFxHHy5+9yxuh46RQ7COgm6pNkkpURoDrXUu5L+eNi+&#10;W1DiPNM1U6BFSY/C0ev12zer3hRiCi2oWliCItoVvSlp670pksTxVnTMTcAIjc4GbMc8mnaX1Jb1&#10;qN6pZJqm86QHWxsLXDiHu7ejk66jftMI7r81jROeqJJibD7ONs5VmJP1ihU7y0wr+SkM9g9RdExq&#10;fPQsdcs8I3srX0l1kltw0PgJhy6BppFcxBwwmyx9kc19y4yIuSAcZ86Y3P+T5V8P9+a7JX74AAMW&#10;MCbhzB3wn45o2LRM78SNtdC3gtX4cBaQJb1xxelqQO0KF0Sq/gvUWGS29xCFhsZ2gQrmSVAdC3A8&#10;QxeDJxw3l4vlcj6jhKMry9N8Po1VSVjxdNtY5z8J6EhYlNRiUaM6O9w5H6JhxdOR8JgDJeutVCoa&#10;dldtlCUHhg2wjSMm8OKY0qQv6fvsajYC+KtEGsefJDrpsZOV7Eq6OB9iRcD2UdexzzyTalxjyEqf&#10;OAZ0I0Q/VAORdUnzSDlwraA+IlkLY+fiT8NFC/Y3JT12bUndrz2zghL1WWN1llmehzaPRj67QpbE&#10;XnqqSw/THKVK6ikZlxsfv0YEZ26wilsZAT9HcooZuzFyP/2c0O6Xdjz1/L/XjwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOcN85PdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;bRl06ppOiIkjSIw8QNaYtlvjVE3aFZ4ec4Kj/X/6/bncLa4XM46h86QgXSUgkGpvO2oU6I+Xuw2I&#10;EA1Z03tCBV8YYFddX5WmsP5C7zgfYiO4hEJhFLQxDoWUoW7RmbDyAxJnn350JvI4NtKO5sLlrpdZ&#10;kjxKZzriC60Z8LnF+nyYnIKo9aJf12F+mMf9m4mn79Ok90rd3ixPWxARl/gHw68+q0PFTkc/kQ2i&#10;V5Bn6T2jCrIkBcHAJs8zEEderDmRVSn/v1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AF8CKG8WAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAOcN85PdAAAACgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="2D9C3FE2" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Laboratory Manager</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5E4B825D" w14:textId="19EA24EE" w:rsidR="000041CF" w:rsidRDefault="007371E3" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8512,85 +9148,85 @@
                       <w:r w:rsidR="007D2A4C">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> S</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>equencing</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="000041CF">
+      <w:r w:rsidR="00F5195A" w:rsidRPr="000041CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251764736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A74C9EE" wp14:editId="0139F177">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251764736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A74C9EE" wp14:editId="34D7B7FF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3721100</wp:posOffset>
+                  <wp:posOffset>3369108</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>114935</wp:posOffset>
+                  <wp:posOffset>128585</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1136650" cy="1404620"/>
-                <wp:effectExtent l="0" t="0" r="25400" b="26670"/>
+                <wp:extent cx="1076960" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="27940" b="26670"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="16" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1136650" cy="1404620"/>
+                          <a:ext cx="1076960" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="60F6DFD9" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
@@ -8754,53 +9390,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>HSH site</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="5A74C9EE" id="_x0000_s1104" type="#_x0000_t202" style="position:absolute;margin-left:293pt;margin-top:9.05pt;width:89.5pt;height:110.6pt;z-index:251764736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRv8plFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk81u2zAMx+8D9g6C7ovtNElbI07Rpcsw&#10;oPsAuj0ALcuxMFnUJCV29/SjlDQNuu0yzAdBNKU/yR+p5c3Ya7aXzis0FS8mOWfSCGyU2Vb829fN&#10;myvOfADTgEYjK/4oPb9ZvX61HGwpp9ihbqRjJGJ8OdiKdyHYMsu86GQPfoJWGnK26HoIZLpt1jgY&#10;SL3X2TTPF9mArrEOhfSe/t4dnHyV9NtWivC5bb0MTFeccgtpdWmt45qtllBuHdhOiWMa8A9Z9KAM&#10;BT1J3UEAtnPqN6leCYce2zAR2GfYtkrIVANVU+QvqnnowMpUC8Hx9oTJ/z9Z8Wn/YL84Fsa3OFID&#10;UxHe3qP47pnBdQdmK2+dw6GT0FDgIiLLBuvL49WI2pc+itTDR2yoybALmITG1vWRCtXJSJ0a8HiC&#10;LsfARAxZXCwWc3IJ8hWzfLaYprZkUD5dt86H9xJ7FjcVd9TVJA/7ex9iOlA+HYnRPGrVbJTWyXDb&#10;eq0d2wNNwCZ9qYIXx7RhQ8Uvisv5gcBfJfL0/UmiV4FGWau+4lenQ1BGbu9MkwYtgNKHPaWszRFk&#10;ZHegGMZ6ZKqhRK5jhAi2xuaR0Do8jC49Ndp06H5yNtDYVtz/2IGTnOkPhtpzXcxmcc6TMZtfEkvm&#10;zj31uQeMIKmKB84O23VIbyOBs7fUxo1KgJ8zOeZM45i4H59OnPdzO516fuCrXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAFDuxGreAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;05aEEOJUiIojSBR/wDY2SUpsR/EmDXw9ywmOOzOafVPuFteL2Y6xC17BepWAsL4OpvONAv3+fJOD&#10;iITeYB+8VfBlI+yqy4sSCxPO/s3OB2oEl/hYoIKWaCikjHVrHcZVGKxn7yOMDonPsZFmxDOXu15u&#10;kiSTDjvPH1oc7FNr68/D5BSQ1ot+uY1zOo/7V6TT92nSe6Wur5bHBxBkF/oLwy8+o0PFTMcweRNF&#10;ryDNM95CbORrEBy4y1IWjgo22/styKqU/ydUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBRv8plFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQ7sRq3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="5A74C9EE" id="_x0000_s1109" type="#_x0000_t202" style="position:absolute;margin-left:265.3pt;margin-top:10.1pt;width:84.8pt;height:110.6pt;z-index:251764736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVjYhZFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2MzdtrThVly7T&#10;pO6H1O0PwIBjNMwxILGzv74HTtOo216m+QFxPvje3eeO5c3Ya7KXziswNS1mOSXScBDKbGv6/dvm&#10;zRUlPjAjmAYja3qQnt6sXr9aDraSc+hAC+kIihhfDbamXQi2yjLPO9kzPwMrDTpbcD0LaLptJhwb&#10;UL3X2TzPF9kATlgHXHqPf+8mJ10l/baVPHxpWy8D0TXF3EJaXVqbuGarJau2jtlO8WMa7B+y6Jky&#10;GPQkdccCIzunfpPqFXfgoQ0zDn0Gbau4TDVgNUX+opqHjlmZakE43p4w+f8nyz/vH+xXR8L4DkZs&#10;YCrC23vgPzwxsO6Y2cpb52DoJBMYuIjIssH66ng1ovaVjyLN8AkENpntAiShsXV9pIJ1ElTHBhxO&#10;0OUYCI8h88vF9QJdHH1FmZeLeWpLxqqn69b58EFCT+Kmpg67muTZ/t6HmA6rno7EaB60EhuldTLc&#10;tllrR/YMJ2CTvlTBi2PakKGmb4vLi4nAXyXy9P1JolcBR1mrvqZXp0OsitzeG5EGLTClpz2mrM0R&#10;ZGQ3UQxjMxIlalrOY4QItgFxQLQOptHFp4abDtwvSgYc25r6nzvmJCX6o8H2XBdlGec8GeXFJbIk&#10;7tzTnHuY4ShV00DJtF2H9DYSOHuLbdyoBPg5k2POOI6J+/HpxHk/t9Op5we+egQAAP//AwBQSwME&#10;FAAGAAgAAAAhAAcP7rbdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01OwzAQRvdI3MEaJHbU&#10;bkgLSuNUiIolSBQfYBqbJG1sR7aTBk7PdEV38/P0zZtyO9ueTSbEzjsJy4UAZlztdecaCerr7eEZ&#10;WEzoNPbeGQk/JsK2ur0psdD+7D7NtE8NoxAXC5TQpjQUnMe6NRbjwg/G0e7bB4uJ2tBwHfBM4bbn&#10;mRBrbrFzdKHFwby2pj7tRyshKTWr9zxOqynsPjAdf4+j2kl5fze/bIAlM6d/GC76pA4VOR386HRk&#10;vYTVo1gTKiETGTACnsSlONAgX+bAq5Jfv1D9AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ANWNiFkWAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAcP7rbdAAAACgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="60F6DFD9" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Laboratory Manager</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="30B27766" w14:textId="3E4AE935" w:rsidR="000041CF" w:rsidRDefault="00D11D54" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8939,85 +9575,85 @@
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>HSH site</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="000041CF">
+      <w:r w:rsidR="00F5195A" w:rsidRPr="000041CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251760640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E78EF26" wp14:editId="15D0380A">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251760640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E78EF26" wp14:editId="694BF07D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2387600</wp:posOffset>
+                  <wp:posOffset>2227172</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>114935</wp:posOffset>
+                  <wp:posOffset>116205</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1136650" cy="1404620"/>
-                <wp:effectExtent l="0" t="0" r="25400" b="26670"/>
+                <wp:extent cx="1007110" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="21590" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="9" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1136650" cy="1404620"/>
+                          <a:ext cx="1007110" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="211D1FC8" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
@@ -9127,53 +9763,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Histocompatibility</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="4E78EF26" id="_x0000_s1105" type="#_x0000_t202" style="position:absolute;margin-left:188pt;margin-top:9.05pt;width:89.5pt;height:110.6pt;z-index:251760640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7u7eOFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk81u2zAMx+8D9g6C7ovtNEk7I07Rpcsw&#10;oPsAuj2ALMuxMFnUKCV29/SllDQNuu0yzAdBMqm/yB/J5fXYG7ZX6DXYiheTnDNlJTTabiv+/dvm&#10;zRVnPgjbCANWVfxBeX69ev1qObhSTaED0yhkJGJ9ObiKdyG4Msu87FQv/AScsmRsAXsR6IjbrEEx&#10;kHpvsmmeL7IBsHEIUnlPf28PRr5K+m2rZPjStl4FZipOsYW0YlrruGarpSi3KFyn5TEM8Q9R9EJb&#10;evQkdSuCYDvUv0n1WiJ4aMNEQp9B22qpUg6UTZG/yOa+E06lXAiOdydM/v/Jys/7e/cVWRjfwUgF&#10;TEl4dwfyh2cW1p2wW3WDCEOnREMPFxFZNjhfHq9G1L70UaQePkFDRRa7AElobLGPVChPRupUgIcT&#10;dDUGJuOTxcViMSeTJFsxy2eLaSpLJsqn6w59+KCgZ3FTcaSqJnmxv/MhhiPKJ5f4mgejm402Jh1w&#10;W68Nsr2gDtikL2Xwws1YNlT8oricHwj8VSJP358keh2olY3uK351chJl5PbeNqnRgtDmsKeQjT2C&#10;jOwOFMNYj0w3FZ8lBBFsDc0DoUU4tC6NGm06wF+cDdS2Ffc/dwIVZ+ajpfK8LWZ0l4V0mM0viSXD&#10;c0t9bhFWklTFA2eH7Tqk2Ujg3A2VcaMT4OdIjjFTOybux9GJ/X5+Tl7PA756BAAA//8DAFBLAwQU&#10;AAYACAAAACEA8hE6ht4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;hpQ2xKkQFUeQKP4AN3aTlHgdxZs08PUsJzjuzGj2TbGbfScmN8Q2oILlIgHhsAq2xVqB/ni524CI&#10;ZNCaLqBT8OUi7Mrrq8LkNlzw3U0HqgWXYMyNgoaoz6WMVeO8iYvQO2TvFAZviM+hlnYwFy73nVwl&#10;yVp60yJ/aEzvnhtXfR5Gr4C0nvXrfZyyadi/GTp/n0e9V+r2Zn56BEFupr8w/OIzOpTMdAwj2ig6&#10;BenDmrcQG5slCA5kWcbCUcEq3aYgy0L+n1D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ALu7t44VAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPIROobeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="4E78EF26" id="_x0000_s1110" type="#_x0000_t202" style="position:absolute;margin-left:175.35pt;margin-top:9.15pt;width:79.3pt;height:110.6pt;z-index:251760640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmuaPPFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2U7fprDhVly7T&#10;pO6H1O0PwBjHaMAxILGzv74HTtOo216m+QFxPvje3eeO5c2oFdkL5yWYmhaznBJhOLTSbGv6/dvm&#10;zTUlPjDTMgVG1PQgPL1ZvX61HGwl5tCDaoUjKGJ8Ndia9iHYKss874VmfgZWGHR24DQLaLpt1jo2&#10;oLpW2TzPr7IBXGsdcOE9/r2bnHSV9LtO8PCl67wIRNUUcwtpdWlt4pqtlqzaOmZ7yY9psH/IQjNp&#10;MOhJ6o4FRnZO/ialJXfgoQszDjqDrpNcpBqwmiJ/Uc1Dz6xItSAcb0+Y/P+T5Z/3D/arI2F8ByM2&#10;MBXh7T3wH54YWPfMbMWtczD0grUYuIjIssH66ng1ovaVjyLN8AlabDLbBUhCY+d0pIJ1ElTHBhxO&#10;0MUYCI8h83xRFOji6CvKvLyap7ZkrHq6bp0PHwRoEjc1ddjVJM/29z7EdFj1dCRG86Bku5FKJcNt&#10;m7VyZM9wAjbpSxW8OKYMGWp6USwuJwJ/lcjT9ycJLQOOspK6ptenQ6yK3N6bNg1aYFJNe0xZmSPI&#10;yG6iGMZmJLKtaXkRI0SwDbQHROtgGl18arjpwf2iZMCxran/uWNOUKI+GmzP26Is45wno7xcIEvi&#10;zj3NuYcZjlI1DZRM23VIbyOBs7fYxo1MgJ8zOeaM45i4H59OnPdzO516fuCrRwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGVhziLeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbU&#10;piHQpnEqRMUSpBYfYBqbJG1sR7aTBk7PsILdjP7TnzfldrY9m0yInXcS7hcCmHG1151rJKiP17sV&#10;sJjQaey9MxK+TIRtdX1VYqH9xe3NdEgNoxIXC5TQpjQUnMe6NRbjwg/GUfbpg8VEa2i4Dnihctvz&#10;pRCP3GLn6EKLg3lpTX0+jFZCUmpWbw9xyqewe8d0+j6Naifl7c38vAGWzJz+YPjVJ3WoyOnoR6cj&#10;6yVkuXgilIJVBoyAXKxpOEpYZusceFXy/y9UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAmuaPPFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBlYc4i3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="211D1FC8" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Laboratory Manager</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="75590CA7" w14:textId="5A4E6478" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9258,85 +9894,476 @@
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Histocompatibility</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="006F0F9E" w:rsidRPr="000041CF">
+      <w:r w:rsidR="00F5195A" w:rsidRPr="000041CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251762688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70740EBF" wp14:editId="0C1F03AB">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251761664" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="368699E5" wp14:editId="2155CC5F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-146050</wp:posOffset>
+                  <wp:posOffset>969475</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>109220</wp:posOffset>
+                  <wp:posOffset>110490</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1066800" cy="1404620"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="16510"/>
+                <wp:extent cx="1101725" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="22225" b="26670"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="7" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1101725" cy="1404620"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="3175">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5B84C4DC" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Laboratory Manager</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0F811DE4" w14:textId="654BD94E" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Donnah Pocius</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="676471DE" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6A2A5CB6" w14:textId="35822C17" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Chemistry</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0E358028" w14:textId="63E3059E" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Hematology</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="49BC9D15" w14:textId="45CE3E3D" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Hemostasis</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2B6B1340" w14:textId="2523D619" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Serology</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0B24FDA8" w14:textId="71374C87" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Transfusion Medicine</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="536F55B1" w14:textId="35AF050C" w:rsidR="000041CF" w:rsidRPr="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Point of Care Testing – KGH Site &amp; HDH Site</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>20000</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="368699E5" id="_x0000_s1111" type="#_x0000_t202" style="position:absolute;margin-left:76.35pt;margin-top:8.7pt;width:86.75pt;height:110.6pt;z-index:251761664;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrhP40FgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO01S0u0S1V0tXYqQ&#10;lg9p4QEcx2ksHI+x3Sbl6Rk73W61wAWRg+XJ2P+Z+c14dTP2mhyk8woMo8Usp0QaAY0yO0a/fd2+&#10;uqbEB24arsFIRo/S05v1yxerwVZyDh3oRjqCIsZXg2W0C8FWWeZFJ3vuZ2ClQWcLrucBTbfLGscH&#10;VO91Ns/zq2wA11gHQnqPf+8mJ10n/baVInxuWy8D0YxibiGtLq11XLP1ilc7x22nxCkN/g9Z9FwZ&#10;DHqWuuOBk71Tv0n1Sjjw0IaZgD6DtlVCphqwmiJ/Vs1Dx61MtSAcb8+Y/P+TFZ8OD/aLI2F8CyM2&#10;MBXh7T2I754Y2HTc7OStczB0kjcYuIjIssH66nQ1ovaVjyL18BEabDLfB0hCY+v6SAXrJKiODTie&#10;ocsxEBFDFnmxnC8oEegryry8mqe2ZLx6vG6dD+8l9CRuGHXY1STPD/c+xHR49XgkRvOgVbNVWifD&#10;7eqNduTAcQK26UsVPDumDRkYfV0sFxOBv0rk6fuTRK8CjrJWPaPX50O8itzemSYNWuBKT3tMWZsT&#10;yMhuohjGeiSqYbQsY4QItobmiGgdTKOLTw03HbiflAw4toz6H3vuJCX6g8H2vCnKMs55MsrFElkS&#10;d+mpLz3cCJRiNFAybTchvY0Ezt5iG7cqAX7K5JQzjmPifno6cd4v7XTq6YGvfwEAAP//AwBQSwME&#10;FAAGAAgAAAAhAIXZmvbeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbU&#10;wW3TKo1TISqWIFF8ADd2k5R4HNlOGjg9wwp28zVPf96U+9n1bLIhdh4lPC4yYBZrbzpsJKiPl4ct&#10;sJg0Gt17tBK+bIR9dXtT6sL4K77b6ZgaRiUYCy2hTWkoOI91a52OCz9YpN3ZB6cTxdBwE/SVyl3P&#10;RZbl3OkO6UKrB/vc2vrzODoJSalZva7itJ7C4U2ny/dlVAcp7+/mpx2wZOf0B8OvPqlDRU4nP6KJ&#10;rKe8FhtCadisgBGwFLkAdpIgltsceFXy/y9UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBrhP40FgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCF2Zr23gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5B84C4DC" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Laboratory Manager</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0F811DE4" w14:textId="654BD94E" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Donnah Pocius</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="676471DE" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6A2A5CB6" w14:textId="35822C17" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Chemistry</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0E358028" w14:textId="63E3059E" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Hematology</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="49BC9D15" w14:textId="45CE3E3D" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Hemostasis</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2B6B1340" w14:textId="2523D619" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Serology</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0B24FDA8" w14:textId="71374C87" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Transfusion Medicine</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="536F55B1" w14:textId="35AF050C" w:rsidR="000041CF" w:rsidRPr="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Point of Care Testing – KGH Site &amp; HDH Site</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F5195A" w:rsidRPr="000041CF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251762688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70740EBF" wp14:editId="3E536976">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-224304</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>116314</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1036320" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="16510"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1066800" cy="1404620"/>
+                          <a:ext cx="1036320" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="398A1AF8" w14:textId="28E86C29" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
@@ -9428,53 +10455,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>KGH Site &amp; HDH Site</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="70740EBF" id="_x0000_s1106" type="#_x0000_t202" style="position:absolute;margin-left:-11.5pt;margin-top:8.6pt;width:84pt;height:110.6pt;z-index:251762688;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCeuWzFFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99u0zAUxu+ReAfL9zRpyboRNZ1GRxHS&#10;+CMNHsBxnMbC8THHbpPx9Bw7XVcNuEH4wrJznM/n/M7n1fXYG3ZQ6DXYis9nOWfKSmi03VX829ft&#10;qyvOfBC2EQasqviD8vx6/fLFanClWkAHplHISMT6cnAV70JwZZZ52ale+Bk4ZSnYAvYi0BZ3WYNi&#10;IPXeZIs8X2YDYOMQpPKevt5OQb5O+m2rZPjctl4FZipOuYU0Y5rrOGfrlSh3KFyn5TEN8Q9Z9EJb&#10;uvQkdSuCYHvUv0n1WiJ4aMNMQp9B22qpUg1UzTx/Vs19J5xKtRAc706Y/P+TlZ8O9+4LsjC+hZEa&#10;mIrw7g7kd88sbDphd+oGEYZOiYYunkdk2eB8efw1ovaljyL18BEaarLYB0hCY4t9pEJ1MlKnBjyc&#10;oKsxMBmvzJfLq5xCkmLzIi+Wi9SWTJSPvzv04b2CnsVFxZG6muTF4c6HmI4oH4/E2zwY3Wy1MWmD&#10;u3pjkB0EOWCbRqrg2TFj2VDx1/PLi4nAXyXyNP4k0etAVja6rzjVQ2MyV+T2zjbJaEFoM60pZWOP&#10;ICO7iWIY65HppuJFwhzB1tA8EFqEybr01GjRAf7kbCDbVtz/2AtUnJkPltrzZl4U0edpU1xcEkuG&#10;55H6PCKsJKmKB86m5Sakt5HAuRtq41YnwE+ZHHMmOybux6cT/X6+T6eeHvj6FwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGzBEM/eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxa&#10;hzSFKsSpEBXHIlH8AdvYJCmxHcWbNPD13Z7guDOj2TfFdnadmOwQ2+AVPCwTENZXwbS+VqA/3xYb&#10;EJHQG+yCtwp+bIRteXtTYG7C2X/Y6UC14BIfc1TQEPW5lLFqrMO4DL317H2FwSHxOdTSDHjmctfJ&#10;NEkepcPW84cGe/va2Or7MDoFpPWs91mc1tOwe0c6/Z5GvVPq/m5+eQZBdqa/MFzxGR1KZjqG0Zso&#10;OgWLdMVbiI2nFMQ1kK1ZOCpIV5sMZFnI/xPKCwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCeuWzFFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBswRDP3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="70740EBF" id="_x0000_s1112" type="#_x0000_t202" style="position:absolute;margin-left:-17.65pt;margin-top:9.15pt;width:81.6pt;height:110.6pt;z-index:251762688;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC91BJ3EwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOnLQz4hRdugwD&#10;ugvQ7QNkWY6FyaImKbGzry8lu2l2exnmB0E0qUPy8HB9M3SKHIV1EnRJs1lKidAcaqn3Jf36Zffq&#10;mhLnma6ZAi1KehKO3mxevlj3phBzaEHVwhIE0a7oTUlb702RJI63omNuBkZodDZgO+bRtPuktqxH&#10;9E4l8zRdJT3Y2ljgwjn8ezc66SbiN43g/lPTOOGJKinW5uNp41mFM9msWbG3zLSST2Wwf6iiY1Jj&#10;0jPUHfOMHKz8DaqT3IKDxs84dAk0jeQi9oDdZOkv3Ty0zIjYC5LjzJkm9/9g+cfjg/lsiR/ewIAD&#10;jE04cw/8myMati3Te3FrLfStYDUmzgJlSW9cMT0NVLvCBZCq/wA1DpkdPESgobFdYAX7JIiOAzid&#10;SReDJzykTBerxRxdHH1ZnuYrNEIOVjw9N9b5dwI6Ei4ltTjVCM+O986PoU8hIZsDJeudVCoadl9t&#10;lSVHhgrYxW9C/ylMadKXdJFdLUcG/gqRxu9PEJ30KGUlu5Jen4NYEXh7q+soNM+kGu/YndITkYG7&#10;kUU/VAORdUnzZcgQiK2gPiG1Fkbp4qrhpQX7g5IeZVtS9/3ArKBEvdc4ntdZngedRyNfXgVi7aWn&#10;uvQwzRGqpJ6S8br1cTciceYWx7iTkeDnSqaaUY5xRNPqBL1f2jHqecE3jwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAIGtfZLeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHatQ0Kg&#10;TeNUiIolSC0+gBsPSdrYjmwnDZye6QpWo9F/+vOm3M6mZxP60Dkr4GGZAENbO93ZRoD8fFusgIWo&#10;rFa9syjgGwNsq9ubUhXaXewep0NsGJXYUCgBbYxDwXmoWzQqLN2AlrIv542KtPqGa68uVG56nibJ&#10;Ezeqs3ShVQO+tlifD6MREKWc5ftjmPLJ7z5UPP2cRrkT4v5uftkAizjHPxiu+qQOFTkd3Wh1YL2A&#10;RZZnhFKwonkF0uc1sKOANFvnwKuS/3+h+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC9&#10;1BJ3EwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCBrX2S3gAAAAoBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="398A1AF8" w14:textId="28E86C29" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Laboratory Manager</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="778A291F" w14:textId="40AB613E" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9541,460 +10568,69 @@
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>KGH Site &amp; HDH Site</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="006F0F9E" w:rsidRPr="000041CF">
-[...389 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3A5FBC71" w14:textId="6E2A3634" w:rsidR="000041CF" w:rsidRDefault="00D9090E" w:rsidP="00D85501">
+    <w:p w14:paraId="3A5FBC71" w14:textId="36DD236D" w:rsidR="000041CF" w:rsidRDefault="00D9090E" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9090E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251740160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F03D07F" wp14:editId="66FE66BF">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251740160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F03D07F" wp14:editId="16D66802">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>7150100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>121285</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1574800" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="25" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1574800" cy="1404620"/>
                         </a:xfrm>
@@ -10064,53 +10700,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Dr. Curtis Oleschuk</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="3F03D07F" id="_x0000_s1108" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:9.55pt;width:124pt;height:110.6pt;z-index:251740160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOSbI4FwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99u2yAUxu8n7R0Q94vt1Gk7K07Vpcs0&#10;qfsjdXsADDhGwxwGJHb29D3gNI267WYaFwh8zMc5v/OxvBl7TfbSeQWmpsUsp0QaDkKZbU2/f9u8&#10;uabEB2YE02BkTQ/S05vV61fLwVZyDh1oIR1BEeOrwda0C8FWWeZ5J3vmZ2ClwWALrmcBt26bCccG&#10;VO91Ns/zy2wAJ6wDLr3Hr3dTkK6SfttKHr60rZeB6JpibiHNLs1NnLPVklVbx2yn+DEN9g9Z9EwZ&#10;vPQkdccCIzunfpPqFXfgoQ0zDn0Gbau4TDVgNUX+opqHjlmZakE43p4w+f8nyz/vH+xXR8L4DkZs&#10;YCrC23vgPzwxsO6Y2cpb52DoJBN4cRGRZYP11fFoRO0rH0Wa4RMIbDLbBUhCY+v6SAXrJKiODTic&#10;oMsxEB6vXFyV1zmGOMaKMi8v56ktGauejlvnwwcJPYmLmjrsapJn+3sfYjqsevol3uZBK7FRWqeN&#10;2zZr7cieoQM2aaQKXvymDRlqelFcLSYCf5XI0/iTRK8CWlmrvqZYD47JXJHbeyOS0QJTelpjytoc&#10;QUZ2E8UwNiNRoqblRTwcwTYgDojWwWRdfGq46MD9omRA29bU/9wxJynRHw22521RltHnaVMurpAl&#10;ceeR5jzCDEepmgZKpuU6pLeRwNlbbONGJcDPmRxzRjsm7senE/1+vk9/PT/w1SMAAAD//wMAUEsD&#10;BBQABgAIAAAAIQBDTl6b3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qJM0FAhxKkTFESSKP2AbmyQltqN4kwa+nu0Jbju7o9k35XZxvZjtGLvgFaSrBIT1dTCdbxToj5eb&#10;exCR0Bvsg7cKvm2EbXV5UWJhwsm/23lPjeAQHwtU0BINhZSxbq3DuAqD9Xz7DKNDYjk20ox44nDX&#10;yyxJNtJh5/lDi4N9bm39tZ+cAtJ60a95nG/ncfeGdPw5Tnqn1PXV8vQIguxCf2Y44zM6VMx0CJM3&#10;UfSs02zDZYinhxTE2bG+y3lzUJDlyRpkVcr/JapfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAI5JsjgXAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAENOXpvfAAAADAEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="3F03D07F" id="_x0000_s1113" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:9.55pt;width:124pt;height:110.6pt;z-index:251740160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWLYShFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1MlurZDVNttU&#10;lbY/0rYPgDGOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWG0WKWUyKNgEaZHaPfvm5f&#10;XVPiAzcN12Ako0fp6c365YvVYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSYLAF1/OAW7fLGscH&#10;VO91Ns/zZTaAa6wDIb3Hr3dTkK6TfttKET63rZeBaEYxt5Bml+Y6ztl6xaud47ZT4pQG/4cseq4M&#10;XnqWuuOBk71Tv0n1Sjjw0IaZgD6DtlVCphqwmiJ/Vs1Dx61MtSAcb8+Y/P+TFZ8OD/aLI2F8CyM2&#10;MBXh7T2I754Y2HTc7OStczB0kjd4cRGRZYP11eloRO0rH0Xq4SM02GS+D5CExtb1kQrWSVAdG3A8&#10;Q5djICJeubgqr3MMCYwVZV4u56ktGa8ej1vnw3sJPYkLRh12Ncnzw70PMR1ePf4Sb/OgVbNVWqeN&#10;29Ub7ciBowO2aaQKnv2mDRkYfV1cLSYCf5XI0/iTRK8CWlmrnlGsB8dkrsjtnWmS0QJXelpjytqc&#10;QEZ2E8Uw1iNRDaPlMh6OYGtojojWwWRdfGq46MD9pGRA2zLqf+y5k5ToDwbb86Yoy+jztCkXV8iS&#10;uMtIfRnhRqAUo4GSabkJ6W0kcPYW27hVCfBTJqec0Y6J++npRL9f7tNfTw98/QsAAP//AwBQSwME&#10;FAAGAAgAAAAhAENOXpvfAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;kzQUCHEqRMURJIo/YBubJCW2o3iTBr6e7QluO7uj2TfldnG9mO0Yu+AVpKsEhPV1MJ1vFOiPl5t7&#10;EJHQG+yDtwq+bYRtdXlRYmHCyb/beU+N4BAfC1TQEg2FlLFurcO4CoP1fPsMo0NiOTbSjHjicNfL&#10;LEk20mHn+UOLg31ubf21n5wC0nrRr3mcb+dx94Z0/DlOeqfU9dXy9AiC7EJ/ZjjjMzpUzHQIkzdR&#10;9KzTbMNliKeHFMTZsb7LeXNQkOXJGmRVyv8lql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAli2EoRYCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAQ05em98AAAAMAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="17A00E54" w14:textId="77777777" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Service Chief</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="72527711" w14:textId="2D15A086" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10132,78 +10768,78 @@
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Dr. Curtis Oleschuk</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="472CBD74" w14:textId="7FE42346" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
+    <w:p w14:paraId="472CBD74" w14:textId="5BAEA291" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A6CE163" w14:textId="1E8CE776" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251752448" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E9865EC" wp14:editId="178A9409">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251752448" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E9865EC" wp14:editId="17670401">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6762750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>41910</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="393700" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="36" name="Straight Connector 36"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="393700" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -10211,86 +10847,86 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="50355416" id="Straight Connector 36" o:spid="_x0000_s1026" style="position:absolute;z-index:251752448;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532.5pt,3.3pt" to="563.5pt,3.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVZNO/0AEAAAQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfm900UoFVNj2kKhcE&#10;EYUf4HrHWUu2xxqbfPx7xk6yqQAJgXrx7tjz3sx7Hi/vD96JHVCyGHo5n7VSQNA42LDt5fdvjzfv&#10;pUhZhUE5DNDLIyR5v3r7ZrmPHdziiG4AEkwSUrePvRxzjl3TJD2CV2mGEQIfGiSvMoe0bQZSe2b3&#10;rrlt27tmjzREQg0p8e7D6VCuKr8xoPMXYxJk4XrJveW6Ul2fy9qslqrbkoqj1ec21H904ZUNXHSi&#10;elBZiR9kf6PyVhMmNHmm0TdojNVQNbCaefuLmqdRRaha2JwUJ5vS69Hqz7sNCTv0cnEnRVCe7+gp&#10;k7LbMYs1hsAOIgk+ZKf2MXUMWIcNnaMUN1RkHwz58mVB4lDdPU7uwiELzZuLD4t3Ld+Bvhw1V1yk&#10;lD8CelF+eulsKLpVp3afUuZanHpJKdsulDWhs8Ojda4GZWJg7UjsFN91PsxLx4x7kcVRQTZFx6nz&#10;+pePDk6sX8GwF9zrvFavU3jlVFpDyBdeFzi7wAx3MAHbvwPP+QUKdUL/BTwhamUMeQJ7G5D+VP1q&#10;hTnlXxw46S4WPONwrHdareFRq86dn0WZ5ZdxhV8f7+onAAAA//8DAFBLAwQUAAYACAAAACEAyJzG&#10;g90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTCkyVxqkQggviktAD&#10;3NxkG0eN12nsNOHv2XKB48yOZt9k29l14oxDaD1pWC4SEEiVr1tqNOw+Xu/WIEI0VJvOE2r4xgDb&#10;/PoqM2ntJyrwXMZGcAmF1GiwMfaplKGy6ExY+B6Jbwc/OBNZDo2sBzNxuevkKkmUdKYl/mBNj88W&#10;q2M5Og1vp/ewu1fFS/F5WpfT12G0jUetb2/mpw2IiHP8C8MFn9EhZ6a9H6kOomOdqAceEzUoBeIS&#10;WK4e2dj/GjLP5P8F+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVWTTv9ABAAAEBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyJzGg90AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="722AC983" id="Straight Connector 36" o:spid="_x0000_s1026" style="position:absolute;z-index:251752448;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532.5pt,3.3pt" to="563.5pt,3.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCd9xG2sQEAANMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD03shpgV2MOH1o0b4M&#10;W7HLB6gyFQuQREHSYufvRymJXWwDhhZ9oUWK55A8ojc3k7NsDzEZ9B1frxrOwCvsjd91/OeP+8uP&#10;nKUsfS8teuj4ARK/2V6824yhhSsc0PYQGZH41I6h40POoRUiqQGcTCsM4OlSY3Qykxt3oo9yJHZn&#10;xVXTvBcjxj5EVJASRe+Ol3xb+bUGlb9qnSAz23HqLVcbq30qVmw3st1FGQajTm3IV3ThpPFUdKa6&#10;k1myX9H8ReWMiphQ55VCJ1Bro6DOQNOsmz+m+T7IAHUWEieFWab0drTqy/7WP0aSYQypTeExlikm&#10;HV35Un9sqmIdZrFgykxR8PrT9YeGJFXnK7HgQkz5AdCxcui4Nb6MIVu5/5wy1aLUc0oJW19sQmv6&#10;e2NtdcoCwK2NbC/p6fK0Lk9FuGdZ5BWkWDqvp3ywcGT9BpqZnnpd1+p1qRZOqRT4fOa1nrILTFMH&#10;M7D5P/CUX6BQF+4l4BlRK6PPM9gZj/Ff1Rcp9DH/rMBx7iLBE/aH+qZVGtqcqtxpy8tqPvcrfPkX&#10;t78BAAD//wMAUEsDBBQABgAIAAAAIQDInMaD3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqNMKTJXGqRCCC+KS0APc3GQbR43Xaew04e/ZcoHjzI5m32Tb2XXijENoPWlY&#10;LhIQSJWvW2o07D5e79YgQjRUm84TavjGANv8+iozae0nKvBcxkZwCYXUaLAx9qmUobLoTFj4Holv&#10;Bz84E1kOjawHM3G56+QqSZR0piX+YE2PzxarYzk6DW+n97C7V8VL8Xlal9PXYbSNR61vb+anDYiI&#10;c/wLwwWf0SFnpr0fqQ6iY52oBx4TNSgF4hJYrh7Z2P8aMs/k/wX5DwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCd9xG2sQEAANMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDInMaD3QAAAAkBAAAPAAAAAAAAAAAAAAAAAAsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0F4910" w14:textId="2B59FE03" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B72CA33" w14:textId="3E9A6453" w:rsidR="000041CF" w:rsidRDefault="00D9090E" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9090E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251742208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CC16BE9" wp14:editId="440792D4">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251742208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CC16BE9" wp14:editId="6611655D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>7150100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>114300</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1574800" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="26" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1574800" cy="1404620"/>
                         </a:xfrm>
@@ -10360,53 +10996,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Dr. David Good</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="0CC16BE9" id="_x0000_s1109" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:9pt;width:124pt;height:110.6pt;z-index:251742208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzRCiWFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1NlsrZDVNttU&#10;lbY/0rYPgDGOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWG0WKWUyKNgEaZHaPfvm5f&#10;XVPiAzcN12Ako0fp6c365YvVYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSYLAF1/OAW7fLGscH&#10;VO91Ns/zq2wA11gHQnqPX++mIF0n/baVInxuWy8D0YxibiHNLs11nLP1ilc7x22nxCkN/g9Z9FwZ&#10;vPQsdccDJ3unfpPqlXDgoQ0zAX0GbauETDVgNUX+rJqHjluZakE43p4x+f8nKz4dHuwXR8L4FkZs&#10;YCrC23sQ3z0xsOm42clb52DoJG/w4iIiywbrq9PRiNpXPorUw0dosMl8HyAJja3rIxWsk6A6NuB4&#10;hi7HQES8crEsr3MMCYwVZV5ezVNbMl49HrfOh/cSehIXjDrsapLnh3sfYjq8evwl3uZBq2artE4b&#10;t6s32pEDRwds00gVPPtNGzIw+rpYLiYCf5XI0/iTRK8CWlmrnlGsB8dkrsjtnWmS0QJXelpjytqc&#10;QEZ2E8Uw1iNRDaNlGQ9HsDU0R0TrYLIuPjVcdOB+UjKgbRn1P/bcSUr0B4PteVOUZfR52pSLJbIk&#10;7jJSX0a4ESjFaKBkWm5CehsJnL3FNm5VAvyUySlntGPifno60e+X+/TX0wNf/wIAAP//AwBQSwME&#10;FAAGAAgAAAAhAPxT5h7eAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2uRuFGn&#10;aSkljVMhKo4gUfyAbewmKfE6ip008Hq2J3raGc1odibfTq4Vo+1D40nBfJaAsFR601ClQH+9PaxB&#10;hIhksPVkFfzYANvi9ibHzPgzfdpxHyvBIRQyVFDH2GVShrK2DsPMd5ZYO/reYWTaV9L0eOZw18o0&#10;SVbSYUP8ocbOvta2/N4PTkHUetLvyzA+jv3uA+Pp9zTonVL3d9PLBkS0U/w3w6U+V4eCOx38QCaI&#10;lvk8XfGYyGjN9+JYPC0ZHRSki+cUZJHL6xHFHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBzRCiWFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD8U+Ye3gAAAAwBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="0CC16BE9" id="_x0000_s1114" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:9pt;width:124pt;height:110.6pt;z-index:251742208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEmupXFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1NlsrZDVNttU&#10;lbY/0rYPgDGOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWG0WKWUyKNgEaZHaPfvm5f&#10;XVPiAzcN12Ako0fp6c365YvVYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSYLAF1/OAW7fLGscH&#10;VO91Ns/zq2wA11gHQnqPX++mIF0n/baVInxuWy8D0YxibiHNLs11nLP1ilc7x22nxCkN/g9Z9FwZ&#10;vPQsdccDJ3unfpPqlXDgoQ0zAX0GbauETDVgNUX+rJqHjluZakE43p4x+f8nKz4dHuwXR8L4FkZs&#10;YCrC23sQ3z0xsOm42clb52DoJG/w4iIiywbrq9PRiNpXPorUw0dosMl8HyAJja3rIxWsk6A6NuB4&#10;hi7HQES8crEsr3MMCYwVZV5ezVNbMl49HrfOh/cSehIXjDrsapLnh3sfYjq8evwl3uZBq2artE4b&#10;t6s32pEDRwds00gVPPtNGzIw+rpYLiYCf5XI0/iTRK8CWlmrnlGsB8dkrsjtnWmS0QJXelpjytqc&#10;QEZ2E8Uw1iNRDaPlMh6OYGtojojWwWRdfGq46MD9pGRA2zLqf+y5k5ToDwbb86Yoy+jztCkXS2RJ&#10;3GWkvoxwI1CK0UDJtNyE9DYSOHuLbdyqBPgpk1POaMfE/fR0ot8v9+mvpwe+/gUAAP//AwBQSwME&#10;FAAGAAgAAAAhAPxT5h7eAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2uRuFGn&#10;aSkljVMhKo4gUfyAbewmKfE6ip008Hq2J3raGc1odibfTq4Vo+1D40nBfJaAsFR601ClQH+9PaxB&#10;hIhksPVkFfzYANvi9ibHzPgzfdpxHyvBIRQyVFDH2GVShrK2DsPMd5ZYO/reYWTaV9L0eOZw18o0&#10;SVbSYUP8ocbOvta2/N4PTkHUetLvyzA+jv3uA+Pp9zTonVL3d9PLBkS0U/w3w6U+V4eCOx38QCaI&#10;lvk8XfGYyGjN9+JYPC0ZHRSki+cUZJHL6xHFHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBEmupXFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD8U+Ye3gAAAAwBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="21A41A63" w14:textId="77777777" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Service Chief</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="05C8FE53" w14:textId="2F6E9E1A" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10428,78 +11064,425 @@
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Dr. David Good</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC3C2C5" w14:textId="7141DC1F" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
+    <w:p w14:paraId="4DC3C2C5" w14:textId="76B149EB" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A13DAE7" w14:textId="3DDE6CE2" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
+    <w:p w14:paraId="6A13DAE7" w14:textId="74F3C93C" w:rsidR="000041CF" w:rsidRDefault="00F5195A" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000041CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251753472" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1903FCC9" wp14:editId="4F9B1BE7">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251725824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64B256E4" wp14:editId="2E371F8E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-224155</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>43596</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1036320" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="21590"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="18" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1036320" cy="1404620"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="3175">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2F3CF69C" w14:textId="48940D9B" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Phlebotomist</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00810412">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (KGH)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="36AE7BC9" w14:textId="3E879525" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Technical 3 (HDH)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="72719484" w14:textId="63164EFF" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Senior Phlebotomist (</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00810412">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>HDH</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="018F90DD" w14:textId="6B1610C2" w:rsidR="0022279B" w:rsidRDefault="00810412" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Phlebotomists </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="369A34CD" w14:textId="4E5A7D7E" w:rsidR="009C78B4" w:rsidRDefault="009C78B4" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Tech 3</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6F5F1667" w14:textId="7FC72814" w:rsidR="006F0F9E" w:rsidRPr="000041CF" w:rsidRDefault="0022279B" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Administrative Assistant</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>20000</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="64B256E4" id="_x0000_s1115" type="#_x0000_t202" style="position:absolute;margin-left:-17.65pt;margin-top:3.45pt;width:81.6pt;height:110.6pt;z-index:251725824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxF5UwEwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthO3DQz4hRdugwD&#10;ugvQ7QNkWY6FyaImKbGzry8lu2l2exnmB0E0qUPy8HB9M3SKHIV1EnRJs1lKidAcaqn3Jf36Zfdq&#10;RYnzTNdMgRYlPQlHbzYvX6x7U4g5tKBqYQmCaFf0pqSt96ZIEsdb0TE3AyM0OhuwHfNo2n1SW9Yj&#10;eqeSeZoukx5sbSxw4Rz+vRuddBPxm0Zw/6lpnPBElRRr8/G08azCmWzWrNhbZlrJpzLYP1TRMakx&#10;6RnqjnlGDlb+BtVJbsFB42ccugSaRnIRe8BusvSXbh5aZkTsBclx5kyT+3+w/OPxwXy2xA9vYMAB&#10;xiacuQf+zREN25bpvbi1FvpWsBoTZ4GypDeumJ4Gql3hAkjVf4Aah8wOHiLQ0NgusIJ9EkTHAZzO&#10;pIvBEx5SpovlYo4ujr4sT/MlGiEHK56eG+v8OwEdCZeSWpxqhGfHe+fH0KeQkM2BkvVOKhUNu6+2&#10;ypIjQwXs4jeh/xSmNOlLusiur0YG/gqRxu9PEJ30KGUlu5KuzkGsCLy91XUUmmdSjXfsTumJyMDd&#10;yKIfqoHIuqT5KmQIxFZQn5BaC6N0cdXw0oL9QUmPsi2p+35gVlCi3mscz+ssz4POo5FfXQdi7aWn&#10;uvQwzRGqpJ6S8br1cTciceYWx7iTkeDnSqaaUY5xRNPqBL1f2jHqecE3jwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhADBq5k/eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxapykt&#10;JWRTISqOIFH8AdvYJCnxOoqdNPTr657gNqsZzbzNt5NtxWh63zhGWMwTEIZLpxuuENTX22wDwgdi&#10;Ta1jg/BrPGyL25ucMu1O/GnGfahELGGfEUIdQpdJ6cvaWPJz1xmO3rfrLYV49pXUPZ1iuW1lmiRr&#10;aanhuFBTZ15rU/7sB4sQlJrU+4MfV2O/+6BwPB8HtUO8v5tenkEEM4W/MFzxIzoUkengBtZetAiz&#10;5WoZowjrJxBXP32M4oCQppsFyCKX/z8oLgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAx&#10;F5UwEwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAwauZP3gAAAAkBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokeweight=".25pt">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="2F3CF69C" w14:textId="48940D9B" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Phlebotomist</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00810412">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (KGH)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="36AE7BC9" w14:textId="3E879525" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Technical 3 (HDH)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="72719484" w14:textId="63164EFF" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Senior Phlebotomist (</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00810412">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>HDH</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="018F90DD" w14:textId="6B1610C2" w:rsidR="0022279B" w:rsidRDefault="00810412" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Phlebotomists </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="369A34CD" w14:textId="4E5A7D7E" w:rsidR="009C78B4" w:rsidRDefault="009C78B4" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Tech 3</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6F5F1667" w14:textId="7FC72814" w:rsidR="006F0F9E" w:rsidRPr="000041CF" w:rsidRDefault="0022279B" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Administrative Assistant</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00073E96">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251753472" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1903FCC9" wp14:editId="48A9475A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6762750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>45720</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="393700" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="37" name="Straight Connector 37"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="393700" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -10507,400 +11490,101 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="028C7AC8" id="Straight Connector 37" o:spid="_x0000_s1026" style="position:absolute;z-index:251753472;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532.5pt,3.6pt" to="563.5pt,3.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgUDjH0AEAAAQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfm900EoVVNj2kKhcE&#10;EYUf4HrHWUu2xxqbfPx7xk6yqQAJgXrx7tjz3sx7Hi/vD96JHVCyGHo5n7VSQNA42LDt5fdvjzfv&#10;pUhZhUE5DNDLIyR5v3r7ZrmPHdziiG4AEkwSUrePvRxzjl3TJD2CV2mGEQIfGiSvMoe0bQZSe2b3&#10;rrlt23fNHmmIhBpS4t2H06FcVX5jQOcvxiTIwvWSe8t1pbo+l7VZLVW3JRVHq89tqP/owisbuOhE&#10;9aCyEj/I/kblrSZMaPJMo2/QGKuhamA18/YXNU+jilC1sDkpTjal16PVn3cbEnbo5eJOiqA839FT&#10;JmW3YxZrDIEdRBJ8yE7tY+oYsA4bOkcpbqjIPhjy5cuCxKG6e5zchUMWmjcXHxZ3Ld+Bvhw1V1yk&#10;lD8CelF+eulsKLpVp3afUuZanHpJKdsulDWhs8Ojda4GZWJg7UjsFN91PsxLx4x7kcVRQTZFx6nz&#10;+pePDk6sX8GwF9zrvFavU3jlVFpDyBdeFzi7wAx3MAHbvwPP+QUKdUL/BTwhamUMeQJ7G5D+VP1q&#10;hTnlXxw46S4WPONwrHdareFRq86dn0WZ5ZdxhV8f7+onAAAA//8DAFBLAwQUAAYACAAAACEA5OVp&#10;t90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h8008WaXEqUNsjTG6MV4AXvQ&#10;25adAik7S9ml4L936sUe35uXN9/LtrPtxBkH3zpSsFpGIJAqZ1qqFew+3+43IHzQZHTnCBX8oIdt&#10;fnuT6dS4iQo8l6EWXEI+1QqaEPpUSl81aLVfuh6Jbwc3WB1YDrU0g5643HYyjqJEWt0Sf2h0jy8N&#10;VsdytAreTx9+95AUr8XXaVNO34exqR0qdbeYn59ABJzDfxgu+IwOOTPt3UjGi451lDzymKBgHYO4&#10;BFbxmo39nyHzTF4vyH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYFA4x9ABAAAEBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5OVpt90AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="black [3213]"/>
-[...298 lines deleted...]
-              </v:shape>
+              <v:line w14:anchorId="4C96E0F1" id="Straight Connector 37" o:spid="_x0000_s1026" style="position:absolute;z-index:251753472;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532.5pt,3.6pt" to="563.5pt,3.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCd9xG2sQEAANMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD03shpgV2MOH1o0b4M&#10;W7HLB6gyFQuQREHSYufvRymJXWwDhhZ9oUWK55A8ojc3k7NsDzEZ9B1frxrOwCvsjd91/OeP+8uP&#10;nKUsfS8teuj4ARK/2V6824yhhSsc0PYQGZH41I6h40POoRUiqQGcTCsM4OlSY3Qykxt3oo9yJHZn&#10;xVXTvBcjxj5EVJASRe+Ol3xb+bUGlb9qnSAz23HqLVcbq30qVmw3st1FGQajTm3IV3ThpPFUdKa6&#10;k1myX9H8ReWMiphQ55VCJ1Bro6DOQNOsmz+m+T7IAHUWEieFWab0drTqy/7WP0aSYQypTeExlikm&#10;HV35Un9sqmIdZrFgykxR8PrT9YeGJFXnK7HgQkz5AdCxcui4Nb6MIVu5/5wy1aLUc0oJW19sQmv6&#10;e2NtdcoCwK2NbC/p6fK0Lk9FuGdZ5BWkWDqvp3ywcGT9BpqZnnpd1+p1qRZOqRT4fOa1nrILTFMH&#10;M7D5P/CUX6BQF+4l4BlRK6PPM9gZj/Ff1Rcp9DH/rMBx7iLBE/aH+qZVGtqcqtxpy8tqPvcrfPkX&#10;t78BAAD//wMAUEsDBBQABgAIAAAAIQDk5Wm33QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;T4NAEIXvJv6HzTTxZpcSpQ2yNMboxXgBe9Dblp0CKTtL2aXgv3fqxR7fm5c338u2s+3EGQffOlKw&#10;WkYgkCpnWqoV7D7f7jcgfNBkdOcIFfygh21+e5Pp1LiJCjyXoRZcQj7VCpoQ+lRKXzVotV+6Holv&#10;BzdYHVgOtTSDnrjcdjKOokRa3RJ/aHSPLw1Wx3K0Ct5PH373kBSvxddpU07fh7GpHSp1t5ifn0AE&#10;nMN/GC74jA45M+3dSMaLjnWUPPKYoGAdg7gEVvGajf2fIfNMXi/IfwEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCd9xG2sQEAANMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDk5Wm33QAAAAkBAAAPAAAAAAAAAAAAAAAAAAsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C1B9DF" w14:textId="7B2537B9" w:rsidR="000041CF" w:rsidRDefault="007D2A4C" w:rsidP="00D85501">
+    <w:p w14:paraId="16C1B9DF" w14:textId="74D1C31D" w:rsidR="000041CF" w:rsidRDefault="007B7A60" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000041CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7540B77D" wp14:editId="66026BE3">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7540B77D" wp14:editId="3EA995A2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>5111750</wp:posOffset>
+                  <wp:posOffset>4615180</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>7620</wp:posOffset>
+                  <wp:posOffset>2540</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1066800" cy="1404620"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="16510"/>
+                <wp:extent cx="954405" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="23495"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="22" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1066800" cy="1404620"/>
+                          <a:ext cx="954405" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="736BBB16" w14:textId="77777777" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
@@ -10982,53 +11666,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Tech 4</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="7540B77D" id="_x0000_s1111" type="#_x0000_t202" style="position:absolute;margin-left:402.5pt;margin-top:.6pt;width:84pt;height:110.6pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjtPZrFwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99u0zAUxu+ReAfL9zRpyboRNZ1GRxHS&#10;+CMNHsBxnMbC8THHbpPx9Bw7XVcNuEH4wrJz4s/n/M7n1fXYG3ZQ6DXYis9nOWfKSmi03VX829ft&#10;qyvOfBC2EQasqviD8vx6/fLFanClWkAHplHISMT6cnAV70JwZZZ52ale+Bk4ZSnYAvYi0BZ3WYNi&#10;IPXeZIs8X2YDYOMQpPKevt5OQb5O+m2rZPjctl4FZipOuYU0Y5rrOGfrlSh3KFyn5TEN8Q9Z9EJb&#10;uvQkdSuCYHvUv0n1WiJ4aMNMQp9B22qpUg1UzTx/Vs19J5xKtRAc706Y/P+TlZ8O9+4LsjC+hZEa&#10;mIrw7g7kd88sbDphd+oGEYZOiYYunkdk2eB8eTwaUfvSR5F6+AgNNVnsAyShscU+UqE6GalTAx5O&#10;0NUYmIxX5svlVU4hSbF5kRfLRWpLJsrH4w59eK+gZ3FRcaSuJnlxuPMhpiPKx1/ibR6MbrbamLTB&#10;Xb0xyA6CHLBNI1Xw7Ddj2VDx1/PLi4nAXyXyNP4k0etAVja6rzjVQ2MyV+T2zjbJaEFoM60pZWOP&#10;ICO7iWIY65HppuLFMh6OYGtoHggtwmRdemq06AB/cjaQbSvuf+wFKs7MB0vteTMviujztCkuLokl&#10;w/NIfR4RVpJUxQNn03IT0ttI4NwNtXGrE+CnTI45kx0T9+PTiX4/36e/nh74+hcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQC0G6Wf3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BTsMwEEX3SNzBGiR2&#10;1MG00IY4FaJiCRLFB3DjaZIS21E8SQOnZ1jB8uuN/rxfbGffiQmH1Mag4XaRgcBQRdeGWoP5eLlZ&#10;g0hkg7NdDKjhCxNsy8uLwuYunsM7TnuqBZeElFsNDVGfS5mqBr1Ni9hjYHaMg7fEcailG+yZy30n&#10;VZbdS2/bwB8a2+Nzg9XnfvQayJjZvC7TtJqG3Zul0/dpNDutr6/mp0cQhDP9HcOvPqtDyU6HOAaX&#10;RKdhna14CzFQIJhvHu44HzQopZYgy0L+X1D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGO09msXAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhALQbpZ/cAAAACQEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="7540B77D" id="_x0000_s1116" type="#_x0000_t202" style="position:absolute;margin-left:363.4pt;margin-top:.2pt;width:75.15pt;height:110.6pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCcnE/FgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2M6dtrJCqS5dp&#10;UvdD6vYHYIxjNMwxILG7v74HTtOo216m8YA4Dr7cfe5YXY+9JgfpvALDaDHLKZFGQKPMjtHv37Zv&#10;rijxgZuGazCS0Qfp6fX69avVYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSoLMF1/OApttljeMD&#10;qvc6m+f5RTaAa6wDIb3H3dvJSddJv22lCF/a1stANKMYW0izS3Md52y94tXOcdspcQyD/0MUPVcG&#10;Hz1J3fLAyd6p36R6JRx4aMNMQJ9B2yohUw6YTZG/yOa+41amXBCOtydM/v/Jis+He/vVkTC+gxEL&#10;mJLw9g7ED08MbDpudvLGORg6yRt8uIjIssH66ng1ovaVjyL18AkaLDLfB0hCY+v6SAXzJKiOBXg4&#10;QZdjIAI3l4uyzBeUCHQVZV5ezFNVMl493bbOhw8SehIXjDosalLnhzsfYjS8ejoSH/OgVbNVWifD&#10;7eqNduTAsQG2aaQEXhzThgyMvi0uFxOAv0rkafxJolcBO1mrntGr0yFeRWzvTZP6LHClpzWGrM2R&#10;Y0Q3QQxjPRLVMFou4wuRaw3NA5J1MHUu/jRcdOB+UTJg1zLqf+65k5TojwarsywQJrZ5MsrFJbIk&#10;7txTn3u4ESjFaKBkWm5C+hoJnL3BKm5VAvwcyTFm7MbE/fhzYruf2+nU8/9ePwIAAP//AwBQSwME&#10;FAAGAAgAAAAhAJxs2cHcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPhDAUhO8m/ofmmXhz&#10;C2SFDfLYGDceNXHtD+hCBVb6StoHi/5660mPk5nMfFPtVzuKxfgwOEJINwkIQ41rB+oQ1Pvz3Q5E&#10;YE2tHh0ZhC8TYF9fX1W6bN2F3sxy5E7EEgqlRuiZp1LK0PTG6rBxk6HofThvNUfpO9l6fYnldpRZ&#10;kuTS6oHiQq8n89Sb5vM4WwRWalUv27DcL/7wqvn8fZ7VAfH2Zn18AMFm5b8w/OJHdKgj08nN1AYx&#10;IhRZHtEZYQsi2ruiSEGcELIszUHWlfx/oP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;gnJxPxYCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAnGzZwdwAAAAIAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="736BBB16" w14:textId="77777777" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Charge MLT</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="06F52B77" w14:textId="77777777" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11085,85 +11769,85 @@
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Tech 4</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00D9090E" w:rsidRPr="000041CF">
+      <w:r w:rsidR="00F5195A" w:rsidRPr="000041CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54A0B7DE" wp14:editId="1FFDB959">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54A0B7DE" wp14:editId="52A6BD2A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2419350</wp:posOffset>
+                  <wp:posOffset>2262076</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>49530</wp:posOffset>
+                  <wp:posOffset>14585</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1066800" cy="1404620"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="16510"/>
+                <wp:extent cx="972185" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="18415" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="20" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1066800" cy="1404620"/>
+                          <a:ext cx="972185" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="6598B421" w14:textId="32B24DD9" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
@@ -11174,280 +11858,773 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Sr. MLT</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7D614576" w14:textId="17B2B296" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>MLT</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3D79DB91" w14:textId="79FF3D2C" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                          <w:p w14:paraId="45DDFFB1" w14:textId="433F0057" w:rsidR="00F5195A" w:rsidRDefault="00F5195A" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t>Techn 4</w:t>
+                              <w:t>Genome Analyst</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3D79DB91" w14:textId="3C19AEE1" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Tech 4</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="362D1158" w14:textId="4FDAC9E1" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>MLA</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="177F912F" w14:textId="08769116" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                          <w:p w14:paraId="30173ACA" w14:textId="0B06F04F" w:rsidR="00810412" w:rsidRDefault="00810412" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t>Shire Co-Ordinator</w:t>
+                              <w:t>Secretary</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2EAEF194" w14:textId="704673E5" w:rsidR="006F0F9E" w:rsidRPr="000041CF" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Data Clerk</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="54A0B7DE" id="_x0000_s1112" type="#_x0000_t202" style="position:absolute;margin-left:190.5pt;margin-top:3.9pt;width:84pt;height:110.6pt;z-index:251729920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxA5idFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1JtsrZDVNttU&#10;lbY/0rYPgDGOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWG0WKWUyKNgEaZHaPfvm5f&#10;XVPiAzcN12Ako0fp6c365YvVYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSYLAF1/OAW7fLGscH&#10;VO91Ns/zRTaAa6wDIb3Hr3dTkK6TfttKET63rZeBaEYxt5Bml+Y6ztl6xaud47ZT4pQG/4cseq4M&#10;XnqWuuOBk71Tv0n1Sjjw0IaZgD6DtlVCphqwmiJ/Vs1Dx61MtSAcb8+Y/P+TFZ8OD/aLI2F8CyM2&#10;MBXh7T2I754Y2HTc7OStczB0kjd4cRGRZYP11eloRO0rH0Xq4SM02GS+D5CExtb1kQrWSVAdG3A8&#10;Q5djICJemS8W1zmGBMaKMi8X89SWjFePx63z4b2EnsQFow67muT54d6HmA6vHn+Jt3nQqtkqrdPG&#10;7eqNduTA0QHbNFIFz37ThgyMvi6WVxOBv0rkafxJolcBraxVzyjWg2MyV+T2zjTJaIErPa0xZW1O&#10;ICO7iWIY65GohtFyGQ9HsDU0R0TrYLIuPjVcdOB+UjKgbRn1P/bcSUr0B4PteVOUZfR52pRXS2RJ&#10;3GWkvoxwI1CK0UDJtNyE9DYSOHuLbdyqBPgpk1POaMfE/fR0ot8v9+mvpwe+/gUAAP//AwBQSwME&#10;FAAGAAgAAAAhADOOTlTcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;09BCCXEqRMURpBZ/gBsvSUpsR/YmDXw9ywluO5rR7LxyO7teTBhTF7yC5SIDgb4OtvONAv3+crMB&#10;kch4a/rgUcEXJthWlxelKWw4+z1OB2oEl/hUGAUt0VBImeoWnUmLMKBn7yNEZ4hlbKSN5szlrpd5&#10;lt1JZzrPH1oz4HOL9edhdApI61m/rtK0nuLuzdDp+zTqnVLXV/PTIwjCmf7C8Dufp0PFm45h9DaJ&#10;XsHtZskspOCeCdhfrx5YHxXkOR+yKuV/guoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;sQOYnRYCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAM45OVNwAAAAJAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="54A0B7DE" id="_x0000_s1117" type="#_x0000_t202" style="position:absolute;margin-left:178.1pt;margin-top:1.15pt;width:76.55pt;height:110.6pt;z-index:251729920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvPvotFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2s6RJrThVly7T&#10;pO6H1O0PwBjHaMAxILGzv74HTtOo216m8YA4Dr7cfe5Y3QxakYNwXoKpaDHJKRGGQyPNrqLfv23f&#10;LCnxgZmGKTCiokfh6c369atVb0sxhQ5UIxxBEePL3la0C8GWWeZ5JzTzE7DCoLMFp1lA0+2yxrEe&#10;1bXKpnl+lfXgGuuAC+9x92500nXSb1vBw5e29SIQVVGMLaTZpbmOc7ZesXLnmO0kP4XB/iEKzaTB&#10;R89SdywwsnfyNyktuQMPbZhw0Bm0reQi5YDZFPmLbB46ZkXKBeF4e8bk/58s/3x4sF8dCcM7GLCA&#10;KQlv74H/8MTApmNmJ26dg74TrMGHi4gs660vT1cjal/6KFL3n6DBIrN9gCQ0tE5HKpgnQXUswPEM&#10;XQyBcNy8XkyL5ZwSjq5ils+upqkqGSufblvnwwcBmsRFRR0WNamzw70PMRpWPh2Jj3lQstlKpZLh&#10;dvVGOXJg2ADbNFICL44pQ/qKvi0W8xHAXyXyNP4koWXATlZSV3R5PsTKiO29aVKfBSbVuMaQlTlx&#10;jOhGiGGoByKbis4Tgsi1huaIZB2MnYs/DRcduF+U9Ni1FfU/98wJStRHg9W5Lmaz2ObJmM0XyJK4&#10;S0996WGGo1RFAyXjchPS10jg7C1WcSsT4OdITjFjNybup58T2/3STqee//f6EQAA//8DAFBLAwQU&#10;AAYACAAAACEAITwTBd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhD&#10;QipI41SIiiNIFH+AmyxJ2ngd2U4a+HqWE73taEazb8rtYgcxow+9IwX3qwQEUu2anloF+vP17hFE&#10;iIYaMzhCBd8YYFtdX5WmaNyZPnDex1ZwCYXCKOhiHAspQ92hNWHlRiT2vpy3JrL0rWy8OXO5HWSa&#10;JGtpTU/8oTMjvnRYn/aTVRC1XvTbQ5jz2e/eTTz+HCe9U+r2ZnnegIi4xP8w/OEzOlTMdHATNUEM&#10;CrJ8nXJUQZqBYD9Pnvg4sE6zHGRVyssF1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;7z76LRUCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAITwTBd0AAAAJAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="6598B421" w14:textId="32B24DD9" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Sr. MLT</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7D614576" w14:textId="17B2B296" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>MLT</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3D79DB91" w14:textId="79FF3D2C" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                    <w:p w14:paraId="45DDFFB1" w14:textId="433F0057" w:rsidR="00F5195A" w:rsidRDefault="00F5195A" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t>Techn 4</w:t>
+                        <w:t>Genome Analyst</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3D79DB91" w14:textId="3C19AEE1" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Tech 4</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="362D1158" w14:textId="4FDAC9E1" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>MLA</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="177F912F" w14:textId="08769116" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                    <w:p w14:paraId="30173ACA" w14:textId="0B06F04F" w:rsidR="00810412" w:rsidRDefault="00810412" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t>Shire Co-Ordinator</w:t>
+                        <w:t>Secretary</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2EAEF194" w14:textId="704673E5" w:rsidR="006F0F9E" w:rsidRPr="000041CF" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Data Clerk</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21044D58" w14:textId="7F0EF04A" w:rsidR="000041CF" w:rsidRDefault="00D9090E" w:rsidP="00D85501">
+    <w:p w14:paraId="21044D58" w14:textId="11EC330A" w:rsidR="000041CF" w:rsidRDefault="00F5195A" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D9090E">
+      <w:r w:rsidRPr="000041CF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251727872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4879C963" wp14:editId="5D1AF9AB">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1003935</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>133985</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1066165" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="19685" b="19685"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="19" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1066165" cy="1404620"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="3175">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="60A62865" w14:textId="7227C943" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Charge MLT POCT</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7B60F52B" w14:textId="6C55626E" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Charge MLT</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="22AE041C" w14:textId="0337CD57" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Sr. MLT</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0ECD2D78" w14:textId="64CAB7A6" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Sr. Specimen Mgmt MLT</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4FF438D1" w14:textId="22DF0DAD" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Sr. Specimen Mgmt MLA</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="59901347" w14:textId="29F1C95D" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Transfusion Safety Officer</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F5108A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>* see 1</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F5108A" w:rsidRPr="00F5108A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                                <w:vertAlign w:val="superscript"/>
+                              </w:rPr>
+                              <w:t>st</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F5108A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> page</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="332BDEC7" w14:textId="005520D5" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>MLT</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5CD93064" w14:textId="13226232" w:rsidR="006F0F9E" w:rsidRPr="000041CF" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>MLA</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>20000</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="4879C963" id="_x0000_s1118" type="#_x0000_t202" style="position:absolute;margin-left:79.05pt;margin-top:10.55pt;width:83.95pt;height:110.6pt;z-index:251727872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOQ8qUFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO01S2u4SNV0tXYqQ&#10;lg9p4QEcx2ksHI8Zu03K0zN2u91qgQsiB8vOjP8z85vx8mbsDdsr9BpsxYtJzpmyEhpttxX/9nXz&#10;6pozH4RthAGrKn5Qnt+sXr5YDq5UU+jANAoZiVhfDq7iXQiuzDIvO9ULPwGnLBlbwF4EOuI2a1AM&#10;pN6bbJrni2wAbByCVN7T37ujka+SftsqGT63rVeBmYpTbiGtmNY6rtlqKcotCtdpeUpD/EMWvdCW&#10;gp6l7kQQbIf6N6leSwQPbZhI6DNoWy1VqoGqKfJn1Tx0wqlUC8Hx7ozJ/z9Z+Wn/4L4gC+NbGKmB&#10;qQjv7kF+98zCuhN2q24RYeiUaChwEZFlg/Pl6WpE7UsfRerhIzTUZLELkITGFvtIhepkpE4NOJyh&#10;qzEwGUPmi0WxmHMmyVbM8tlimtqSifLxukMf3ivoWdxUHKmrSV7s732I6Yjy0SVG82B0s9HGpANu&#10;67VBthc0AZv0pQqeuRnLhoq/Lq7mRwJ/lcjT9yeJXgcaZaP7il+fnUQZub2zTRq0ILQ57illY08g&#10;I7sjxTDWI9NNxecJcwRbQ3MgtAjH0aWnRpsO8CdnA41txf2PnUDFmflgqT1vitksznk6zOZXxJLh&#10;paW+tAgrSarigbPjdh3S20jg3C21caMT4KdMTjnTOCbup6cT5/3ynLyeHvjqFwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAODPypveAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbhR&#10;J+mPqhCnQlQcQaL1A2zjJUkb21HspIGnZznBaTW7o9lviv1sOzHREFrvFKTLBAS5ypvW1Qr06fVx&#10;ByJEdAY770jBFwXYl/d3BebG39wHTcdYCw5xIUcFTYx9LmWoGrIYlr4nx7dPP1iMLIdamgFvHG47&#10;mSXJVlpsHX9osKeXhqrrcbQKotazfluHaTMNh3eMl+/LqA9KPSzm5ycQkeb4Z4ZffEaHkpnOfnQm&#10;iI71ZpeyVUGW8mTDKttyuTMv1tkKZFnI/xXKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCOQ8qUFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgz8qb3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="60A62865" w14:textId="7227C943" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Charge MLT POCT</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7B60F52B" w14:textId="6C55626E" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Charge MLT</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="22AE041C" w14:textId="0337CD57" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Sr. MLT</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0ECD2D78" w14:textId="64CAB7A6" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Sr. Specimen </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Mgmt</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> MLT</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4FF438D1" w14:textId="22DF0DAD" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Sr. Specimen </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Mgmt</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> MLA</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="59901347" w14:textId="29F1C95D" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Transfusion Safety Officer</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F5108A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>* see 1</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F5108A" w:rsidRPr="00F5108A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                          <w:vertAlign w:val="superscript"/>
+                        </w:rPr>
+                        <w:t>st</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F5108A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> page</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="332BDEC7" w14:textId="005520D5" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>MLT</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5CD93064" w14:textId="13226232" w:rsidR="006F0F9E" w:rsidRPr="000041CF" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>MLA</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00D9090E" w:rsidRPr="00D9090E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251744256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D990B22" wp14:editId="5DD7A353">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251744256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D990B22" wp14:editId="6EE902BD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>7150100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>108585</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1574800" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="27" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1574800" cy="1404620"/>
                         </a:xfrm>
@@ -11482,196 +12659,212 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Service Chief</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="71A56746" w14:textId="117DEBA8" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Division of Microbiology</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4105AB00" w14:textId="6C2FF87E" w:rsidR="00D9090E" w:rsidRPr="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
+                          <w:p w14:paraId="4105AB00" w14:textId="22D524F8" w:rsidR="00D9090E" w:rsidRPr="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t>Dr. Lewis Tomalty</w:t>
+                              <w:t xml:space="preserve">Dr. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F279AF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Prameet Sheth</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="7D990B22" id="_x0000_s1113" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:8.55pt;width:124pt;height:110.6pt;z-index:251744256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtMMEnFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1NlNrTirbbap&#10;Km1/pG0fAAOOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWmpsUsp0QaDkKZXU2/fd2+&#10;WlLiAzOCaTCypkfp6c365YvVYCs5hw60kI6giPHVYGvahWCrLPO8kz3zM7DSYLAF17OAW7fLhGMD&#10;qvc6m+f5VTaAE9YBl97j17spSNdJv20lD5/b1stAdE0xt5Bml+Ymztl6xaqdY7ZT/JQG+4cseqYM&#10;XnqWumOBkb1Tv0n1ijvw0IYZhz6DtlVcphqwmiJ/Vs1Dx6xMtSAcb8+Y/P+T5Z8OD/aLI2F8CyM2&#10;MBXh7T3w754Y2HTM7OStczB0kgm8uIjIssH66nQ0ovaVjyLN8BEENpntAyShsXV9pIJ1ElTHBhzP&#10;0OUYCI9XLq7LZY4hjrGizMureWpLxqrH49b58F5CT+Kipg67muTZ4d6HmA6rHn+Jt3nQSmyV1mnj&#10;ds1GO3Jg6IBtGqmCZ79pQ4aavi6uFxOBv0rkafxJolcBraxVX1OsB8dkrsjtnRHJaIEpPa0xZW1O&#10;ICO7iWIYm5EoUdNyGQ9HsA2II6J1MFkXnxouOnA/KRnQtjX1P/bMSUr0B4PteVOUZfR52pSLa2RJ&#10;3GWkuYwww1GqpoGSabkJ6W0kcPYW27hVCfBTJqec0Y6J++npRL9f7tNfTw98/QsAAP//AwBQSwME&#10;FAAGAAgAAAAhAJV2/grfAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;81PaKo1TISqOIFH8AG5skrSxHdmbNPD0bE/0trM7mv2m3M22Z5MJsfNOQLpIgBlXe925RoD8enva&#10;AIuonFa9d0bAj4mwq+7vSlVof3GfZjpgwyjExUIJaBGHgvNYt8aquPCDcXT79sEqJBkaroO6ULjt&#10;eZYkK25V5+hDqwbz2pr6fBitAJRylu/LOD1PYf+h8PR7GuVeiMeH+WULDM2M/2a44hM6VMR09KPT&#10;kfWk02xFZZCmdQrs6sjXS9ocBWT5Jgdelfy2RPUHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEALTDBJxYCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAlXb+Ct8AAAAMAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="7D990B22" id="_x0000_s1119" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:8.55pt;width:124pt;height:110.6pt;z-index:251744256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATI/emFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1NlsrZDVNttU&#10;lbY/0rYPgDGOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWG0WKWUyKNgEaZHaPfvm5f&#10;XVPiAzcN12Ako0fp6c365YvVYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSYLAF1/OAW7fLGscH&#10;VO91Ns/zq2wA11gHQnqPX++mIF0n/baVInxuWy8D0YxibiHNLs11nLP1ilc7x22nxCkN/g9Z9FwZ&#10;vPQsdccDJ3unfpPqlXDgoQ0zAX0GbauETDVgNUX+rJqHjluZakE43p4x+f8nKz4dHuwXR8L4FkZs&#10;YCrC23sQ3z0xsOm42clb52DoJG/w4iIiywbrq9PRiNpXPorUw0dosMl8HyAJja3rIxWsk6A6NuB4&#10;hi7HQES8crEsr3MMCYwVZV5ezVNbMl49HrfOh/cSehIXjDrsapLnh3sfYjq8evwl3uZBq2artE4b&#10;t6s32pEDRwds00gVPPtNGzIw+rpYLiYCf5XI0/iTRK8CWlmrnlGsB8dkrsjtnWmS0QJXelpjytqc&#10;QEZ2E8Uw1iNRDaOLeTwcwdbQHBGtg8m6+NRw0YH7ScmAtmXU/9hzJynRHwy2501RltHnaVMulsiS&#10;uMtIfRnhRqAUo4GSabkJ6W0kcPYW27hVCfBTJqec0Y6J++npRL9f7tNfTw98/QsAAP//AwBQSwME&#10;FAAGAAgAAAAhAJV2/grfAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;81PaKo1TISqOIFH8AG5skrSxHdmbNPD0bE/0trM7mv2m3M22Z5MJsfNOQLpIgBlXe925RoD8enva&#10;AIuonFa9d0bAj4mwq+7vSlVof3GfZjpgwyjExUIJaBGHgvNYt8aquPCDcXT79sEqJBkaroO6ULjt&#10;eZYkK25V5+hDqwbz2pr6fBitAJRylu/LOD1PYf+h8PR7GuVeiMeH+WULDM2M/2a44hM6VMR09KPT&#10;kfWk02xFZZCmdQrs6sjXS9ocBWT5Jgdelfy2RPUHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAEyP3phYCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAlXb+Ct8AAAAMAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="442085D9" w14:textId="77777777" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Service Chief</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="71A56746" w14:textId="117DEBA8" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Division of Microbiology</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4105AB00" w14:textId="6C2FF87E" w:rsidR="00D9090E" w:rsidRPr="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
+                    <w:p w14:paraId="4105AB00" w14:textId="22D524F8" w:rsidR="00D9090E" w:rsidRPr="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t>Dr. Lewis Tomalty</w:t>
+                        <w:t xml:space="preserve">Dr. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F279AF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Prameet Sheth</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D17FEB0" w14:textId="2AAB15C9" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
+    <w:p w14:paraId="3D17FEB0" w14:textId="13C1EEA0" w:rsidR="000041CF" w:rsidRDefault="00F5195A" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000041CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F773C49" wp14:editId="6A5BF872">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F773C49" wp14:editId="0FF27ACB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3759200</wp:posOffset>
+                  <wp:posOffset>3368546</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>13335</wp:posOffset>
+                  <wp:posOffset>5877</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1066800" cy="1404620"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="16510"/>
+                <wp:extent cx="1035685" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="14605"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="21" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1066800" cy="1404620"/>
+                          <a:ext cx="1035685" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="73D1B380" w14:textId="374E417A" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
@@ -11754,68 +12947,50 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>MLT</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0E299400" w14:textId="6C1F7E24" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>MLA</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0F37297C" w14:textId="67883907" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
-[...16 lines deleted...]
-                          </w:p>
                           <w:p w14:paraId="5F3AA2E6" w14:textId="163D018E" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Secretary</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="67327846" w14:textId="20C5AF11" w:rsidR="00D9090E" w:rsidRPr="000041CF" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
@@ -11825,53 +13000,53 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Data Clerk</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="4F773C49" id="_x0000_s1114" type="#_x0000_t202" style="position:absolute;margin-left:296pt;margin-top:1.05pt;width:84pt;height:110.6pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKHt0bFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99u2yAUxu8n7R0Q94vtzE1bK6Tq0mWa&#10;1P2Ruj0AxjhGwxwGJHb29D3gNI267WYaFwh8zMc5v/OxvBl7TfbSeQWG0WKWUyKNgEaZLaPfv23e&#10;XFHiAzcN12Akowfp6c3q9avlYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSYLAF1/OAW7fNGscH&#10;VO91Ns/zRTaAa6wDIb3Hr3dTkK6SfttKEb60rZeBaEYxt5Bml+Y6ztlqyaut47ZT4pgG/4cseq4M&#10;XnqSuuOBk51Tv0n1Sjjw0IaZgD6DtlVCphqwmiJ/Uc1Dx61MtSAcb0+Y/P+TFZ/3D/arI2F8ByM2&#10;MBXh7T2IH54YWHfcbOWtczB0kjd4cRGRZYP11fFoRO0rH0Xq4RM02GS+C5CExtb1kQrWSVAdG3A4&#10;QZdjICJemS8WVzmGBMaKMi8X89SWjFdPx63z4YOEnsQFow67muT5/t6HmA6vnn6Jt3nQqtkordPG&#10;beu1dmTP0QGbNFIFL37ThgyMvi0uLyYCf5XI0/iTRK8CWlmrnlGsB8dkrsjtvWmS0QJXelpjytoc&#10;QUZ2E8Uw1iNRDaPldTwcwdbQHBCtg8m6+NRw0YH7RcmAtmXU/9xxJynRHw2257ooy+jztCkvLpEl&#10;ceeR+jzCjUApRgMl03Id0ttI4OwttnGjEuDnTI45ox0T9+PTiX4/36e/nh/46hEAAP//AwBQSwME&#10;FAAGAAgAAAAhAEHB027cAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbU&#10;aUoLhDgVomIJEsUHcGOTpMTjyJ6kgdMzrOjy6Y/+vF9uZ9+LycXUBVSwXGQgHNbBdtgo0B8vN/cg&#10;Ehm0pg/oFHy7BNvq8qI0hQ0nfHfTnhrBJZgKo6AlGgopU906b9IiDA45+wzRG2KMjbTRnLjc9zLP&#10;so30pkP+0JrBPbeu/tqPXgFpPevX2zStp7h7M3T8OY56p9T11fz0CILcTP/H8KfP6lCx0yGMaJPo&#10;Fawfct5CCvIlCM7vNhnzgTlfrUBWpTxfUP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Ch7dGxYCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAQcHTbtwAAAAJAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="4F773C49" id="_x0000_s1120" type="#_x0000_t202" style="position:absolute;margin-left:265.25pt;margin-top:.45pt;width:81.55pt;height:110.6pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcCoq3FwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S+2c2pmRCm6dBkG&#10;dAeg2wPIshwLk0VNUmJ3T19KTtOg226G+UIQTekn+ZFaXw+dJkfpvALDaDHJKZFGQK3MntHv33Zv&#10;VpT4wE3NNRjJ6IP09Hrz+tW6t6WcQgu6lo6giPFlbxltQ7BllnnRyo77CVhp0NmA63hA0+2z2vEe&#10;1TudTfN8mfXgautASO/x7+3opJuk3zRShC9N42UgmlHMLaTVpbWKa7ZZ83LvuG2VOKXB/yGLjiuD&#10;Qc9StzxwcnDqN6lOCQcemjAR0GXQNErIVANWU+QvqrlvuZWpFoTj7RmT/3+y4vPx3n51JAzvYMAG&#10;piK8vQPxwxMD25abvbxxDvpW8hoDFxFZ1ltfnq5G1L70UaTqP0GNTeaHAEloaFwXqWCdBNWxAQ9n&#10;6HIIRMSQ+WyxXC0oEegr5vl8OU1tyXj5dN06Hz5I6EjcMOqwq0meH+98iOnw8ulIjOZBq3qntE6G&#10;21db7ciR4wTs0pcqeHFMG9IzOiuuFiOBv0rk6fuTRKcCjrJWHaOr8yFeRm7vTZ0GLXClxz2mrM0J&#10;ZGQ3UgxDNRBVM7qYxQgRbAX1A6J1MI4uPjXctOB+UdLj2DLqfx64k5Tojwbb87aYz+OcJ2O+uEKW&#10;xF16qksPNwKlGA2UjNttSG8jgbM32MadSoCfMznljOOYuJ+eTpz3Szuden7gm0cAAAD//wMAUEsD&#10;BBQABgAIAAAAIQB1r6PQ3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qNOURDRkUyEqjiBR/AHbxCQp8TqynTTw9ZgTPY5mNPOm3C1mELN2vreMsF4lIDTXtum5RVAfL3cP&#10;IHwgbmiwrBG+tYdddX1VUtHYM7/r+RBaEUvYF4TQhTAWUvq604b8yo6ao/dpnaEQpWtl4+gcy80g&#10;0yTJpaGe40JHo37udP11mAxCUGpRr/d+zma3f6Nw+jlNao94e7M8PYIIegn/YfjDj+hQRaajnbjx&#10;YkDINkkWowhbENHOt5scxBEhTdM1yKqUlweqXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBcCoq3FwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB1r6PQ3QAAAAgBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="73D1B380" w14:textId="374E417A" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Charge MLT</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5032C5D4" w14:textId="2CD5E173" w:rsidR="006F0F9E" w:rsidRDefault="006F0F9E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11938,473 +13113,84 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>MLT</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0E299400" w14:textId="6C1F7E24" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>MLA</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0F37297C" w14:textId="67883907" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
-[...16 lines deleted...]
-                    </w:p>
                     <w:p w14:paraId="5F3AA2E6" w14:textId="163D018E" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Secretary</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="67327846" w14:textId="20C5AF11" w:rsidR="00D9090E" w:rsidRPr="000041CF" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Data Clerk</w:t>
-                      </w:r>
-[...369 lines deleted...]
-                        <w:t>MLA</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C9277FC" w14:textId="4E14E04A" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
@@ -12445,53 +13231,53 @@
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="0017B289" id="Straight Connector 38" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251754496;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="532.5pt,.8pt" to="563pt,.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAq/oBn2AEAAA4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfySaNgGqVTQ+pygVB&#10;RCl31zvOWrI91tjk498z9iabChASiIvlsec9z3szXt0dvRN7oGQxdHIxm0sBQWNvw66TT18f3txK&#10;kbIKvXIYoJMnSPJu/frV6hBbuMEBXQ8kmCSk9hA7OeQc26ZJegCv0gwjBL40SF5lDmnX9KQOzO5d&#10;czOfv2sOSH0k1JASn96Pl3Jd+Y0BnT8bkyAL10muLdeV6vpc1ma9Uu2OVBysPpeh/qEKr2zgRyeq&#10;e5WV+E72FypvNWFCk2cafYPGWA1VA6tZzH9S8zioCFULm5PiZFP6f7T6035LwvadXHKngvLco8dM&#10;yu6GLDYYAjuIJPiSnTrE1DJgE7Z0jlLcUpF9NOSFcTZ+4yGoRrA0caw+nyaf4ZiF5sPl7fvlW+6G&#10;vlw1I0NhipTyB0AvyqaTzobigGrV/mPK/CqnXlLKsQtlTehs/2Cdq0GZHdg4EnvFXc/HRamdcS+y&#10;OCrIpigaNdRdPjkYWb+AYVe41lFNnccrp9IaQr7wusDZBWa4ggk4r2X/EXjOL1Cos/o34AlRX8aQ&#10;J7C3Ael3r1+tMGP+xYFRd7HgGftT7W61hoeuOnf+IGWqX8YVfv3G6x8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBsoXo+3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LasMwELwX+g9iA701Ulxqims5&#10;hEJC6S1uoPQmW2vLxJKMpThOv76bXprbzoPZmXw9255NOIbOOwmrpQCGrva6c62Ew+f28QVYiMpp&#10;1XuHEi4YYF3c3+Uq0/7s9jiVsWUU4kKmJJgYh4zzUBu0Kiz9gI60xo9WRYJjy/WozhRue54IkXKr&#10;OkcfjBrwzWB9LE9WwrZqLt8/u6/3pNkl5vjxdNhPpZDyYTFvXoFFnOO/Ga71qToU1KnyJ6cD6wmL&#10;9JnGRLpSYFfDKkmJqP4IXuT8dkHxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACr+gGfY&#10;AQAADgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGyh&#10;ej7cAAAACQEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="757CDB18" id="Straight Connector 38" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251754496;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="532.5pt,.8pt" to="563pt,.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDEJvK7ugEAAN0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+S0WFcYcXpo0V2G&#10;ttjXXZWpWIAkCpIWO/9+lJw4xVYM2LCLYEp8j3yP9OZmcpbtISaDvuPrVcMZeIW98buOf/t6/+6a&#10;s5Sl76VFDx0/QOI327dvNmNo4QIHtD1ERiQ+tWPo+JBzaIVIagAn0woDeHrUGJ3MFMad6KMcid1Z&#10;cdE0V2LE2IeIClKi27v5kW8rv9ag8qPWCTKzHafecj1jPZ/LKbYb2e6iDINRxzbkP3ThpPFUdKG6&#10;k1myH9H8RuWMiphQ55VCJ1Bro6BqIDXr5hc1XwYZoGohc1JYbEr/j1Y97G/9UyQbxpDaFJ5iUTHp&#10;6Ji2JnynmVZd1Cmbqm2HxTaYMlN0eXn94fI9matOT2JmKEwhpvwR0LHy0XFrfBEkW7n/lDJVpdRT&#10;Srm2vpwJrenvjbU1KKsAtzayvaQh5mldhka4F1kUFaQ4a6hf+WBhZv0Mmpmeep3V1PU6c0qlwOcT&#10;r/WUXWCaOliATW37j8BjfoFCXb2/AS+IWhl9XsDOeIyvVT9boef8kwOz7mLBM/aHOt1qDe1Qde64&#10;72VJX8YVfv4rtz8BAAD//wMAUEsDBBQABgAIAAAAIQBsoXo+3AAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTE/LasMwELwX+g9iA701Ulxqims5hEJC6S1uoPQmW2vLxJKMpThOv76bXprbzoPZmXw9&#10;255NOIbOOwmrpQCGrva6c62Ew+f28QVYiMpp1XuHEi4YYF3c3+Uq0/7s9jiVsWUU4kKmJJgYh4zz&#10;UBu0Kiz9gI60xo9WRYJjy/WozhRue54IkXKrOkcfjBrwzWB9LE9WwrZqLt8/u6/3pNkl5vjxdNhP&#10;pZDyYTFvXoFFnOO/Ga71qToU1KnyJ6cD6wmL9JnGRLpSYFfDKkmJqP4IXuT8dkHxCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAMQm8ru6AQAA3QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGyhej7cAAAACQEAAA8AAAAAAAAAAAAAAAAAFAQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D978E0" w14:textId="2E42ABAD" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FFF0BE8" w14:textId="2E2C91A6" w:rsidR="000041CF" w:rsidRDefault="00D9090E" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9090E">
         <w:rPr>
           <w:b/>
@@ -12567,166 +13353,198 @@
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Division of Laboratory Genetics</w:t>
                             </w:r>
                             <w:r w:rsidR="00E378CC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> &amp; Molecular Diagnostics </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="061E2663" w14:textId="5BE76743" w:rsidR="00D9090E" w:rsidRPr="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
+                          <w:p w14:paraId="061E2663" w14:textId="410B8A52" w:rsidR="00D9090E" w:rsidRPr="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dr. </w:t>
                             </w:r>
-                            <w:r w:rsidR="00E378CC">
-[...5 lines deleted...]
-                              <w:t>S. Crocker</w:t>
+                            <w:r w:rsidR="00C72FD0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>G</w:t>
+                            </w:r>
+                            <w:r w:rsidR="006F34F9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>raeme</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C72FD0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Quest </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="5F6E2FC0" id="_x0000_s1116" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:10.9pt;width:124pt;height:110.6pt;z-index:251746304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAk/TVnFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1NlsrZDVNttU&#10;lbY/0rYPgDGOUTFDgcROn74DzmajbXtTlQsEHnyY+eawuhl7TQ7SeQWG0WKWUyKNgEaZHaPfvm5f&#10;XVPiAzcN12Ako0fp6c365YvVYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSYLAF1/OAW7fLGscH&#10;VO91Ns/zq2wA11gHQnqPX++mIF0n/baVInxuWy8D0YxibiHNLs11nLP1ilc7x22nxCkN/g9Z9FwZ&#10;vPQsdccDJ3unfpPqlXDgoQ0zAX0GbauETDVgNUX+rJqHjluZakE43p4x+f8nKz4dHuwXR8L4FkZs&#10;YCrC23sQ3z0xsOm42clb52DoJG/w4iIiywbrq9OvEbWvfBSph4/QYJP5PkASGlvXRypYJ0F1bMDx&#10;DF2OgYh45WJZXucYEhgryry8mqe2ZLx6/N06H95L6ElcMOqwq0meH+59iOnw6vFIvM2DVs1WaZ02&#10;bldvtCMHjg7YppEqeHZMGzIw+rpYLiYCf5XI0/iTRK8CWlmrnlGsB8dkrsjtnWmS0QJXelpjytqc&#10;QEZ2E8Uw1iNRDaOLhDmCraE5IloHk3XxqeGiA/eTkgFty6j/sedOUqI/GGzPm6Iso8/TplwskSVx&#10;l5H6MsKNQClGAyXTchPS20jg7C22casS4KdMTjmjHRP309OJfr/cp1NPD3z9CwAA//8DAFBLAwQU&#10;AAYACAAAACEAV2Uvnt4AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;NBQU4lSIiiNIFH/ANjZJSryOYicNfD3bEz3O7Gh2XrldXC9mO4bOk4J0lYCwVHvTUaNAf77ePYII&#10;Eclg78kq+LEBttX1VYmF8Sf6sPM+NoJLKBSooI1xKKQMdWsdhpUfLPHty48OI8uxkWbEE5e7XmZJ&#10;spEOO+IPLQ72pbX1935yCqLWi37Lw3w/j7t3jMff46R3St3eLM9PIKJd4n8YzvN5OlS86eAnMkH0&#10;rNNswzBRQZYywzmxfsjZObCTrxOQVSkvIao/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACT9NWcVAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFdlL57eAAAADAEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="5F6E2FC0" id="_x0000_s1121" type="#_x0000_t202" style="position:absolute;margin-left:563pt;margin-top:10.9pt;width:124pt;height:110.6pt;z-index:251746304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8mQP+FgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q943t1NlsrZDVNttU&#10;lbY/0rYPgDGOUTFDgcROn74DzmajbXtTlQsEHnOY+eawuhl7TQ7SeQWG0WKWUyKNgEaZHaPfvm5f&#10;XVPiAzcN12Ako0fp6c365YvVYCs5hw50Ix1BEeOrwTLahWCrLPOikz33M7DSYLAF1/OAW7fLGscH&#10;VO91Ns/zq2wA11gHQnqPX++mIF0n/baVInxuWy8D0YxibiHNLs11nLP1ilc7x22nxCkN/g9Z9FwZ&#10;vPQsdccDJ3unfpPqlXDgoQ0zAX0GbauETDVgNUX+rJqHjluZakE43p4x+f8nKz4dHuwXR8L4FkZs&#10;YCrC23sQ3z0xsOm42clb52DoJG/w4iIiywbrq9PRiNpXPorUw0dosMl8HyAJja3rIxWsk6A6NuB4&#10;hi7HQES8crEsr3MMCYwVZV5ezVNbMl49HrfOh/cSehIXjDrsapLnh3sfYjq8evwl3uZBq2artE4b&#10;t6s32pEDRwds00gVPPtNGzIw+rpYLiYCf5XI0/iTRK8CWlmrnlGsB8dkrsjtnWmS0QJXelpjytqc&#10;QEZ2E8Uw1iNRDaOLMh6OYGtojojWwWRdfGq46MD9pGRA2zLqf+y5k5ToDwbb86Yoy+jztCkXS2RJ&#10;3GWkvoxwI1CK0UDJtNyE9DYSOHuLbdyqBPgpk1POaMfE/fR0ot8v9+mvpwe+/gUAAP//AwBQSwME&#10;FAAGAAgAAAAhAFdlL57eAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;kzQUFOJUiIojSBR/wDY2SUq8jmInDXw92xM9zuxodl65XVwvZjuGzpOCdJWAsFR701GjQH++3j2C&#10;CBHJYO/JKvixAbbV9VWJhfEn+rDzPjaCSygUqKCNcSikDHVrHYaVHyzx7cuPDiPLsZFmxBOXu15m&#10;SbKRDjviDy0O9qW19fd+cgqi1ot+y8N8P4+7d4zH3+Okd0rd3izPTyCiXeJ/GM7zeTpUvOngJzJB&#10;9KzTbMMwUUGWMsM5sX7I2Tmwk68TkFUpLyGqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQA8mQP+FgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBXZS+e3gAAAAwBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokeweight=".25pt">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="31511C25" w14:textId="77777777" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Service Chief</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2A5026A2" w14:textId="61073974" w:rsidR="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Division of Laboratory Genetics</w:t>
                       </w:r>
                       <w:r w:rsidR="00E378CC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> &amp; Molecular Diagnostics </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="061E2663" w14:textId="5BE76743" w:rsidR="00D9090E" w:rsidRPr="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
+                    <w:p w14:paraId="061E2663" w14:textId="410B8A52" w:rsidR="00D9090E" w:rsidRPr="00D9090E" w:rsidRDefault="00D9090E" w:rsidP="00D9090E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dr. </w:t>
                       </w:r>
-                      <w:r w:rsidR="00E378CC">
-[...5 lines deleted...]
-                        <w:t>S. Crocker</w:t>
+                      <w:r w:rsidR="00C72FD0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>G</w:t>
+                      </w:r>
+                      <w:r w:rsidR="006F34F9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>raeme</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00C72FD0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Quest </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="067897A8" w14:textId="2D659C5E" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B5EA95F" w14:textId="020397D1" w:rsidR="000041CF" w:rsidRDefault="00073E96" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
@@ -12773,194 +13591,86 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:line w14:anchorId="62FB34A9" id="Straight Connector 39" o:spid="_x0000_s1026" style="position:absolute;z-index:251755520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532.5pt,6.35pt" to="563.5pt,6.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1Q4h/0AEAAAQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfm900EtBVNj2kKhcE&#10;EYUf4HrHWUu2xxqbfPx7xk6yqQAJgXrx7tjz3sx7Hi/vD96JHVCyGHo5n7VSQNA42LDt5fdvjzcf&#10;pEhZhUE5DNDLIyR5v3r7ZrmPHdziiG4AEkwSUrePvRxzjl3TJD2CV2mGEQIfGiSvMoe0bQZSe2b3&#10;rrlt23fNHmmIhBpS4t2H06FcVX5jQOcvxiTIwvWSe8t1pbo+l7VZLVW3JRVHq89tqP/owisbuOhE&#10;9aCyEj/I/kblrSZMaPJMo2/QGKuhamA18/YXNU+jilC1sDkpTjal16PVn3cbEnbo5eJOiqA839FT&#10;JmW3YxZrDIEdRBJ8yE7tY+oYsA4bOkcpbqjIPhjy5cuCxKG6e5zchUMWmjcXd4v3Ld+Bvhw1V1yk&#10;lD8CelF+eulsKLpVp3afUuZanHpJKdsulDWhs8Ojda4GZWJg7UjsFN91PsxLx4x7kcVRQTZFx6nz&#10;+pePDk6sX8GwF9zrvFavU3jlVFpDyBdeFzi7wAx3MAHbvwPP+QUKdUL/BTwhamUMeQJ7G5D+VP1q&#10;hTnlXxw46S4WPONwrHdareFRq86dn0WZ5ZdxhV8f7+onAAAA//8DAFBLAwQUAAYACAAAACEApXCJ&#10;ddsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPQU7DMBC8I/EHa5G4UacVhCrEqRCCC+KStAe4&#10;ufE2jhqv09hpwu/ZigPcZmZHszP5ZnadOOMQWk8KlosEBFLtTUuNgt327W4NIkRNRneeUME3BtgU&#10;11e5zoyfqMRzFRvBIRQyrcDG2GdShtqi02HheyS+HfzgdGQ6NNIMeuJw18lVkqTS6Zb4g9U9vlis&#10;j9XoFLyfPsLuPi1fy8/Tupq+DqNtPCp1ezM/P4GIOMc/M1zqc3UouNPej2SC6Jgn6QOPiYxWjyAu&#10;Dgas7H8VWeTy/4biBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALVDiH/QAQAABAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKVwiXXbAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAAKgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="black [3213]"/>
+              <v:line w14:anchorId="4A7222BF" id="Straight Connector 39" o:spid="_x0000_s1026" style="position:absolute;z-index:251755520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="532.5pt,6.35pt" to="563.5pt,6.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCd9xG2sQEAANMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD03shpgV2MOH1o0b4M&#10;W7HLB6gyFQuQREHSYufvRymJXWwDhhZ9oUWK55A8ojc3k7NsDzEZ9B1frxrOwCvsjd91/OeP+8uP&#10;nKUsfS8teuj4ARK/2V6824yhhSsc0PYQGZH41I6h40POoRUiqQGcTCsM4OlSY3Qykxt3oo9yJHZn&#10;xVXTvBcjxj5EVJASRe+Ol3xb+bUGlb9qnSAz23HqLVcbq30qVmw3st1FGQajTm3IV3ThpPFUdKa6&#10;k1myX9H8ReWMiphQ55VCJ1Bro6DOQNOsmz+m+T7IAHUWEieFWab0drTqy/7WP0aSYQypTeExlikm&#10;HV35Un9sqmIdZrFgykxR8PrT9YeGJFXnK7HgQkz5AdCxcui4Nb6MIVu5/5wy1aLUc0oJW19sQmv6&#10;e2NtdcoCwK2NbC/p6fK0Lk9FuGdZ5BWkWDqvp3ywcGT9BpqZnnpd1+p1qRZOqRT4fOa1nrILTFMH&#10;M7D5P/CUX6BQF+4l4BlRK6PPM9gZj/Ff1Rcp9DH/rMBx7iLBE/aH+qZVGtqcqtxpy8tqPvcrfPkX&#10;t78BAAD//wMAUEsDBBQABgAIAAAAIQClcIl12wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9B&#10;TsMwELwj8QdrkbhRpxWEKsSpEIIL4pK0B7i58TaOGq/T2GnC79mKA9xmZkezM/lmdp044xBaTwqW&#10;iwQEUu1NS42C3fbtbg0iRE1Gd55QwTcG2BTXV7nOjJ+oxHMVG8EhFDKtwMbYZ1KG2qLTYeF7JL4d&#10;/OB0ZDo00gx64nDXyVWSpNLplviD1T2+WKyP1egUvJ8+wu4+LV/Lz9O6mr4Oo208KnV7Mz8/gYg4&#10;xz8zXOpzdSi4096PZILomCfpA4+JjFaPIC4OBqzsfxVZ5PL/huIHAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAnfcRtrEBAADTAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEApXCJddsAAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A11D469" w14:textId="09B6A0C1" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="190EC67E" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66E19D79" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B5A672E" w14:textId="77777777" w:rsidR="00073E96" w:rsidRDefault="00073E96" w:rsidP="00D85501">
-      <w:pPr>
-[...106 lines deleted...]
-    <w:p w14:paraId="786312A8" w14:textId="77777777" w:rsidR="000041CF" w:rsidRDefault="000041CF" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="207845E1" w14:textId="55014774" w:rsidR="00D85501" w:rsidRDefault="00D85501" w:rsidP="00D85501">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>RELATED DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A4E90E5" w14:textId="411D8847" w:rsidR="00A16978" w:rsidRDefault="00D85501" w:rsidP="00D85501">
@@ -12993,86 +13703,86 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F0823">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Organizational Chart for Department of Pathology and Molecular Med</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>icine</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A16978" w:rsidSect="00D91670">
+    <w:sectPr w:rsidR="00A16978" w:rsidSect="00C20693">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="288" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="799DC675" w14:textId="77777777" w:rsidR="00EF0B96" w:rsidRDefault="00EF0B96">
+    <w:p w14:paraId="75CFB0FC" w14:textId="77777777" w:rsidR="00B63D96" w:rsidRDefault="00B63D96">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3115FD23" w14:textId="77777777" w:rsidR="00EF0B96" w:rsidRDefault="00EF0B96">
+    <w:p w14:paraId="2BA19215" w14:textId="77777777" w:rsidR="00B63D96" w:rsidRDefault="00B63D96">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -13083,57 +13793,57 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="7A1CCCC4" w14:textId="77777777" w:rsidR="001544B4" w:rsidRPr="001544B4" w:rsidRDefault="001544B4" w:rsidP="001544B4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001544B4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Photocopies or printed copies of</w:t>
     </w:r>
     <w:r>
@@ -13148,51 +13858,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">this document are not controlled documents and </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>are not authorized for use.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3DE87D0E" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRPr="001544B4" w:rsidRDefault="00394E2F" w:rsidP="001544B4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="4770A633" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRPr="001544B4" w:rsidRDefault="00394E2F" w:rsidP="001544B4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001544B4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Photocopies or printed copies of</w:t>
     </w:r>
     <w:r w:rsidR="001544B4">
@@ -13207,365 +13917,615 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">this document are not controlled documents and </w:t>
     </w:r>
     <w:r w:rsidR="001544B4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>are not authorized for use.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="47A4D788" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRDefault="00394E2F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DF49B23" w14:textId="77777777" w:rsidR="00EF0B96" w:rsidRDefault="00EF0B96">
+    <w:p w14:paraId="52880F0A" w14:textId="77777777" w:rsidR="00B63D96" w:rsidRDefault="00B63D96">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E601FAC" w14:textId="77777777" w:rsidR="00EF0B96" w:rsidRDefault="00EF0B96">
+    <w:p w14:paraId="0329DBD9" w14:textId="77777777" w:rsidR="00B63D96" w:rsidRDefault="00B63D96">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="14566" w:type="dxa"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
         <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
       </w:tblBorders>
+      <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="2243"/>
-[...2 lines deleted...]
-      <w:gridCol w:w="2874"/>
+      <w:gridCol w:w="1587"/>
+      <w:gridCol w:w="4758"/>
+      <w:gridCol w:w="1557"/>
+      <w:gridCol w:w="2106"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00394E2F" w14:paraId="650E5735" w14:textId="77777777" w:rsidTr="00E9436A">
+    <w:tr w:rsidR="00C20693" w14:paraId="30C970D8" w14:textId="77777777" w:rsidTr="008853F6">
       <w:trPr>
-        <w:cantSplit/>
-        <w:trHeight w:val="251"/>
+        <w:trHeight w:val="464"/>
+        <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2243" w:type="dxa"/>
+          <w:tcW w:w="10008" w:type="dxa"/>
+          <w:gridSpan w:val="4"/>
+          <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="07B2EEEA" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRPr="001544B4" w:rsidRDefault="001544B4" w:rsidP="001544B4">
+        <w:p w14:paraId="193EE51A" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-[...41 lines deleted...]
-            <w:jc w:val="right"/>
+            <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
             </w:rPr>
+            <w:t>Kingston Health Sciences Centre</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="1CE7C55A" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:pStyle w:val="Heading1"/>
+            <w:rPr>
+              <w:sz w:val="28"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:t>Clinical Laboratory Services</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="028ADC4D" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:t>QUALITY MANUAL</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="243217D8" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:pStyle w:val="Heading3"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00C20693" w14:paraId="5C969030" w14:textId="77777777" w:rsidTr="008853F6">
+      <w:trPr>
+        <w:trHeight w:val="464"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1587" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3AFAE1DD" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>Title:</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="45B7BB7E" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4758" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="34A0B34E" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>Organizational Chart for Department of Pathology and Molecular Medicine and Division of Clinical Laboratory Services</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1557" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="140B8BB5" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:pStyle w:val="Heading2"/>
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
             <w:t>Number</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2874" w:type="dxa"/>
-          <w:vAlign w:val="center"/>
+          <w:tcW w:w="2106" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6A554A40" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRPr="001544B4" w:rsidRDefault="00394E2F">
+        <w:p w14:paraId="19FB6677" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
             <w:rPr>
-              <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
             </w:rPr>
           </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>QM 3-050</w:t>
+          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00394E2F" w14:paraId="4F3E2527" w14:textId="77777777" w:rsidTr="00E9436A">
+    <w:tr w:rsidR="00C20693" w14:paraId="74B7A9B5" w14:textId="77777777" w:rsidTr="008853F6">
       <w:trPr>
-        <w:cantSplit/>
-        <w:trHeight w:val="251"/>
+        <w:trHeight w:val="259"/>
+        <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2243" w:type="dxa"/>
-          <w:vAlign w:val="center"/>
+          <w:tcW w:w="1587" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="723483E9" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRDefault="00394E2F">
+        <w:p w14:paraId="17265AAE" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-            <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="7086" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:vAlign w:val="center"/>
+          <w:tcW w:w="4758" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="63B584EB" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRDefault="00394E2F">
+        <w:p w14:paraId="35718580" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-            <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2363" w:type="dxa"/>
-          <w:vAlign w:val="center"/>
+          <w:tcW w:w="1557" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="45B90E34" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRPr="001544B4" w:rsidRDefault="00394E2F">
+        <w:p w14:paraId="5F1B537E" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2874" w:type="dxa"/>
-          <w:vAlign w:val="center"/>
+          <w:tcW w:w="2106" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="6762AAC5" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRPr="001544B4" w:rsidRDefault="00394E2F">
+        <w:p w14:paraId="365EFA5E" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00EA5B2B">
+          <w:r w:rsidR="00D577D1">
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00EA5B2B">
+          <w:r w:rsidR="00D577D1">
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="001544B4">
+          <w:r>
             <w:rPr>
-              <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
+    <w:tr w:rsidR="00C20693" w14:paraId="5A124AF2" w14:textId="77777777" w:rsidTr="008853F6">
+      <w:trPr>
+        <w:trHeight w:val="259"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1587" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="44F6827C" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Reviewed by:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4758" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="3FF8A118" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:pStyle w:val="Heading3"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Quality Manager/Administrative Director</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1557" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="4048EB96" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Effective Date</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2106" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="4882B97A" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00C20693" w14:paraId="461A2836" w14:textId="77777777" w:rsidTr="008853F6">
+      <w:trPr>
+        <w:trHeight w:val="252"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1587" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="0AD206A6" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Authorized by:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4758" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="3655D4E3" w14:textId="77777777" w:rsidR="00C20693" w:rsidRPr="00602984" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:pStyle w:val="Heading3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00602984">
+            <w:t>Medical Director, Clinical Laboratory Services</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1557" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="15D4E65A" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Revised Date</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2106" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="2395D507" w14:textId="523FE29E" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>202</w:t>
+          </w:r>
+          <w:r w:rsidR="006F34F9">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>6.01.23</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00C20693" w14:paraId="40DBE04E" w14:textId="77777777" w:rsidTr="008853F6">
+      <w:trPr>
+        <w:trHeight w:val="259"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="10008" w:type="dxa"/>
+          <w:gridSpan w:val="4"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="74858212" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693" w:rsidP="00C20693">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
   </w:tbl>
-  <w:p w14:paraId="1E241DFD" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRDefault="00394E2F">
+  <w:p w14:paraId="67E3C7E6" w14:textId="77777777" w:rsidR="00C20693" w:rsidRDefault="00C20693">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
         <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1587"/>
       <w:gridCol w:w="4758"/>
       <w:gridCol w:w="1557"/>
       <w:gridCol w:w="2106"/>
     </w:tblGrid>
     <w:tr w:rsidR="00394E2F" w14:paraId="75081B72" w14:textId="77777777" w:rsidTr="00E01516">
       <w:trPr>
         <w:trHeight w:val="464"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
@@ -13835,148 +14795,154 @@
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00EA5B2B">
+          <w:r w:rsidR="00D577D1">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00EA5B2B">
+          <w:r w:rsidR="00D577D1">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00D6082F" w14:paraId="0710F0DF" w14:textId="77777777" w:rsidTr="00E01516">
       <w:trPr>
         <w:trHeight w:val="259"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1587" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="77F81010" w14:textId="77777777" w:rsidR="005C5F88" w:rsidRDefault="005C5F88">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Reviewed by:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4758" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="028D2EC0" w14:textId="77777777" w:rsidR="005C5F88" w:rsidRDefault="005C5F88" w:rsidP="00602984">
+        <w:p w14:paraId="028D2EC0" w14:textId="7DA7E9F9" w:rsidR="005C5F88" w:rsidRDefault="005C5F88" w:rsidP="00602984">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
           </w:pPr>
           <w:r>
-            <w:t>Quality Manager/Administrative Director</w:t>
+            <w:t>Quality Manager/</w:t>
+          </w:r>
+          <w:r w:rsidR="00567992">
+            <w:t>Operations</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> Director</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1557" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="7D4735D1" w14:textId="77777777" w:rsidR="005C5F88" w:rsidRDefault="005C5F88" w:rsidP="00394E2F">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Effective Date</w:t>
           </w:r>
         </w:p>
       </w:tc>
@@ -14046,128 +15012,121 @@
           <w:tcW w:w="1557" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="4D54C3EB" w14:textId="77777777" w:rsidR="005C5F88" w:rsidRDefault="005C5F88">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Revised Date</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2106" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="47ECF04D" w14:textId="682C4006" w:rsidR="005C5F88" w:rsidRDefault="00672F3D" w:rsidP="00EA5B2B">
+        <w:p w14:paraId="47ECF04D" w14:textId="7B209C5A" w:rsidR="005C5F88" w:rsidRDefault="00672F3D" w:rsidP="00EA5B2B">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>202</w:t>
           </w:r>
-          <w:r w:rsidR="007371E3">
+          <w:r w:rsidR="0039190E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>5.0</w:t>
-[...6 lines deleted...]
-            <w:t>2</w:t>
+            <w:t>6</w:t>
           </w:r>
           <w:r w:rsidR="007371E3">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>.0</w:t>
+            <w:t>.</w:t>
           </w:r>
-          <w:r w:rsidR="00D11D54">
+          <w:r w:rsidR="0039190E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t>01.23</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="005C5F88" w14:paraId="23EBCA8E" w14:textId="77777777" w:rsidTr="00E01516">
       <w:trPr>
         <w:trHeight w:val="259"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10008" w:type="dxa"/>
           <w:gridSpan w:val="4"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="0A456978" w14:textId="77777777" w:rsidR="005C5F88" w:rsidRDefault="005C5F88">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="27C678A3" w14:textId="77777777" w:rsidR="00394E2F" w:rsidRDefault="00394E2F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F17141C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3020BF2E"/>
     <w:lvl w:ilvl="0" w:tplc="A85EB05E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -15212,326 +16171,392 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="76370605">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="399258747">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2006206193">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="33234689">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="709379012">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1206791405">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="303391122">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="51854667">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1717662284">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="89"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="58"/>
   <w:drawingGridVerticalSpacing w:val="187"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0031164B"/>
     <w:rsid w:val="000041CF"/>
+    <w:rsid w:val="00005D8D"/>
     <w:rsid w:val="000129F2"/>
+    <w:rsid w:val="00020AFA"/>
     <w:rsid w:val="000427BA"/>
     <w:rsid w:val="00060DEE"/>
+    <w:rsid w:val="00062FB6"/>
     <w:rsid w:val="00073E96"/>
+    <w:rsid w:val="00083075"/>
     <w:rsid w:val="000A52C5"/>
     <w:rsid w:val="000B72B8"/>
     <w:rsid w:val="000C4344"/>
+    <w:rsid w:val="000C5BBB"/>
+    <w:rsid w:val="00112CEE"/>
     <w:rsid w:val="00114D74"/>
     <w:rsid w:val="001200A4"/>
     <w:rsid w:val="00121218"/>
+    <w:rsid w:val="00126B2B"/>
+    <w:rsid w:val="00127451"/>
     <w:rsid w:val="0013043E"/>
     <w:rsid w:val="00134052"/>
     <w:rsid w:val="00137114"/>
     <w:rsid w:val="00150EE9"/>
     <w:rsid w:val="0015180B"/>
     <w:rsid w:val="00152747"/>
     <w:rsid w:val="001544B4"/>
+    <w:rsid w:val="001644E0"/>
     <w:rsid w:val="00172321"/>
     <w:rsid w:val="0017623A"/>
     <w:rsid w:val="001833FB"/>
     <w:rsid w:val="001C479D"/>
     <w:rsid w:val="001F1E03"/>
     <w:rsid w:val="0022279B"/>
     <w:rsid w:val="002271C1"/>
+    <w:rsid w:val="0025303D"/>
     <w:rsid w:val="00255B8C"/>
+    <w:rsid w:val="00284850"/>
+    <w:rsid w:val="00291E18"/>
     <w:rsid w:val="002A29ED"/>
     <w:rsid w:val="002B03EA"/>
     <w:rsid w:val="002B750B"/>
+    <w:rsid w:val="002C2928"/>
+    <w:rsid w:val="002D4F13"/>
     <w:rsid w:val="002E01D2"/>
     <w:rsid w:val="002E1667"/>
+    <w:rsid w:val="002E773F"/>
     <w:rsid w:val="00310C26"/>
     <w:rsid w:val="0031164B"/>
     <w:rsid w:val="003333C5"/>
+    <w:rsid w:val="00340565"/>
     <w:rsid w:val="00345BB9"/>
+    <w:rsid w:val="00347F2A"/>
+    <w:rsid w:val="00350B62"/>
     <w:rsid w:val="0035171D"/>
     <w:rsid w:val="00361EED"/>
     <w:rsid w:val="00362D14"/>
     <w:rsid w:val="00371A36"/>
     <w:rsid w:val="003775AF"/>
+    <w:rsid w:val="0039190E"/>
     <w:rsid w:val="00394E2F"/>
     <w:rsid w:val="003B19C0"/>
     <w:rsid w:val="003C6438"/>
     <w:rsid w:val="003E3AC2"/>
+    <w:rsid w:val="003E5749"/>
     <w:rsid w:val="003F39BF"/>
     <w:rsid w:val="00423249"/>
     <w:rsid w:val="004546FE"/>
     <w:rsid w:val="0046139B"/>
     <w:rsid w:val="00474063"/>
     <w:rsid w:val="00480A3C"/>
     <w:rsid w:val="00495C4A"/>
     <w:rsid w:val="004A1595"/>
     <w:rsid w:val="004C0D7E"/>
+    <w:rsid w:val="004E3EC0"/>
     <w:rsid w:val="0050082E"/>
     <w:rsid w:val="005448B5"/>
     <w:rsid w:val="00555A30"/>
     <w:rsid w:val="00556672"/>
+    <w:rsid w:val="00567992"/>
     <w:rsid w:val="00580623"/>
     <w:rsid w:val="00582CF3"/>
+    <w:rsid w:val="005841DC"/>
     <w:rsid w:val="005A20B7"/>
     <w:rsid w:val="005B7FA4"/>
     <w:rsid w:val="005C1AD5"/>
     <w:rsid w:val="005C5F88"/>
     <w:rsid w:val="005D0ABE"/>
     <w:rsid w:val="005D1572"/>
+    <w:rsid w:val="005E026D"/>
+    <w:rsid w:val="005E7B3D"/>
+    <w:rsid w:val="005F0075"/>
+    <w:rsid w:val="005F0DEE"/>
     <w:rsid w:val="00602984"/>
+    <w:rsid w:val="006039EA"/>
     <w:rsid w:val="00605E60"/>
+    <w:rsid w:val="00612100"/>
     <w:rsid w:val="00626517"/>
     <w:rsid w:val="006273B1"/>
     <w:rsid w:val="00652F12"/>
     <w:rsid w:val="006629A4"/>
     <w:rsid w:val="00663DE4"/>
     <w:rsid w:val="00670EBF"/>
     <w:rsid w:val="00672F3D"/>
     <w:rsid w:val="00696979"/>
     <w:rsid w:val="006A48C7"/>
     <w:rsid w:val="006E0AC8"/>
     <w:rsid w:val="006E22B5"/>
     <w:rsid w:val="006F0F9E"/>
+    <w:rsid w:val="006F34F9"/>
     <w:rsid w:val="007153F1"/>
     <w:rsid w:val="007371E3"/>
     <w:rsid w:val="007419E3"/>
+    <w:rsid w:val="007639CD"/>
     <w:rsid w:val="00770185"/>
     <w:rsid w:val="00780781"/>
     <w:rsid w:val="00785473"/>
     <w:rsid w:val="007967CB"/>
     <w:rsid w:val="00797F8A"/>
+    <w:rsid w:val="007B7A60"/>
+    <w:rsid w:val="007C3492"/>
     <w:rsid w:val="007D1135"/>
     <w:rsid w:val="007D2A4C"/>
+    <w:rsid w:val="007E1DA7"/>
     <w:rsid w:val="007E2114"/>
     <w:rsid w:val="007E387D"/>
     <w:rsid w:val="007E3929"/>
     <w:rsid w:val="007F0EAB"/>
     <w:rsid w:val="007F184D"/>
+    <w:rsid w:val="00810412"/>
     <w:rsid w:val="008417B6"/>
     <w:rsid w:val="00843515"/>
     <w:rsid w:val="00870A33"/>
     <w:rsid w:val="008C0C27"/>
+    <w:rsid w:val="008C2AAA"/>
+    <w:rsid w:val="008D7BF8"/>
     <w:rsid w:val="0091080D"/>
     <w:rsid w:val="00924D34"/>
     <w:rsid w:val="00930579"/>
     <w:rsid w:val="009348D3"/>
     <w:rsid w:val="009545CB"/>
     <w:rsid w:val="009601B5"/>
     <w:rsid w:val="00962556"/>
+    <w:rsid w:val="00975142"/>
     <w:rsid w:val="0097590D"/>
     <w:rsid w:val="00983D55"/>
     <w:rsid w:val="009845AB"/>
+    <w:rsid w:val="0099054A"/>
     <w:rsid w:val="00990B22"/>
     <w:rsid w:val="00991B19"/>
     <w:rsid w:val="009C3A7A"/>
     <w:rsid w:val="009C549E"/>
+    <w:rsid w:val="009C78B4"/>
+    <w:rsid w:val="009D6C3B"/>
     <w:rsid w:val="00A16978"/>
     <w:rsid w:val="00A248A1"/>
+    <w:rsid w:val="00A35797"/>
+    <w:rsid w:val="00A41268"/>
     <w:rsid w:val="00A43ED5"/>
+    <w:rsid w:val="00A50CCF"/>
+    <w:rsid w:val="00A70ADA"/>
     <w:rsid w:val="00A862ED"/>
     <w:rsid w:val="00AA7146"/>
     <w:rsid w:val="00B02868"/>
     <w:rsid w:val="00B03ADB"/>
     <w:rsid w:val="00B127C4"/>
+    <w:rsid w:val="00B46052"/>
     <w:rsid w:val="00B63606"/>
+    <w:rsid w:val="00B63D96"/>
     <w:rsid w:val="00B7039D"/>
     <w:rsid w:val="00B80386"/>
     <w:rsid w:val="00B818C1"/>
     <w:rsid w:val="00B87135"/>
     <w:rsid w:val="00B903C4"/>
     <w:rsid w:val="00B97E31"/>
     <w:rsid w:val="00BB2E97"/>
     <w:rsid w:val="00BB5A52"/>
     <w:rsid w:val="00BD128B"/>
+    <w:rsid w:val="00BD4720"/>
     <w:rsid w:val="00BD5CEA"/>
     <w:rsid w:val="00C011A6"/>
+    <w:rsid w:val="00C01955"/>
     <w:rsid w:val="00C067A0"/>
+    <w:rsid w:val="00C20693"/>
     <w:rsid w:val="00C220E6"/>
+    <w:rsid w:val="00C2504A"/>
     <w:rsid w:val="00C266F9"/>
     <w:rsid w:val="00C36B39"/>
     <w:rsid w:val="00C459CE"/>
     <w:rsid w:val="00C550A9"/>
     <w:rsid w:val="00C64F9C"/>
+    <w:rsid w:val="00C72FD0"/>
     <w:rsid w:val="00C87EDC"/>
     <w:rsid w:val="00C96475"/>
     <w:rsid w:val="00C97EC7"/>
     <w:rsid w:val="00CA4124"/>
+    <w:rsid w:val="00CA4928"/>
     <w:rsid w:val="00CC70E4"/>
     <w:rsid w:val="00CD3FDD"/>
+    <w:rsid w:val="00CF254A"/>
     <w:rsid w:val="00CF4387"/>
     <w:rsid w:val="00D03411"/>
+    <w:rsid w:val="00D0702E"/>
     <w:rsid w:val="00D11D54"/>
     <w:rsid w:val="00D145E1"/>
+    <w:rsid w:val="00D247FE"/>
+    <w:rsid w:val="00D577D1"/>
     <w:rsid w:val="00D6082F"/>
     <w:rsid w:val="00D84AEA"/>
     <w:rsid w:val="00D85501"/>
     <w:rsid w:val="00D9090E"/>
     <w:rsid w:val="00D91670"/>
+    <w:rsid w:val="00DA4225"/>
     <w:rsid w:val="00DA5D64"/>
     <w:rsid w:val="00DC2681"/>
     <w:rsid w:val="00DC6168"/>
     <w:rsid w:val="00DF2826"/>
+    <w:rsid w:val="00DF425F"/>
     <w:rsid w:val="00E01516"/>
     <w:rsid w:val="00E05276"/>
     <w:rsid w:val="00E27D95"/>
     <w:rsid w:val="00E378CC"/>
+    <w:rsid w:val="00E64450"/>
     <w:rsid w:val="00E70DE8"/>
     <w:rsid w:val="00E9301A"/>
     <w:rsid w:val="00E9436A"/>
     <w:rsid w:val="00EA5B2B"/>
+    <w:rsid w:val="00EB628F"/>
     <w:rsid w:val="00EC75A6"/>
+    <w:rsid w:val="00EE6693"/>
     <w:rsid w:val="00EE6EF1"/>
     <w:rsid w:val="00EF0B96"/>
+    <w:rsid w:val="00F02905"/>
+    <w:rsid w:val="00F279AF"/>
+    <w:rsid w:val="00F34628"/>
+    <w:rsid w:val="00F378C1"/>
     <w:rsid w:val="00F41BE9"/>
+    <w:rsid w:val="00F5108A"/>
+    <w:rsid w:val="00F5195A"/>
     <w:rsid w:val="00F67696"/>
     <w:rsid w:val="00F805A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="125FA487"/>
   <w15:docId w15:val="{1813E80F-D22F-4241-83D2-9B7403DCCB8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -15859,55 +16884,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
@@ -16072,51 +17092,51 @@
     <w:rsid w:val="00DC2681"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00423249"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -16377,79 +17397,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{510463D7-2E24-48C1-9B45-CCC78460944D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED5CB820-71EB-47D0-9693-92E00DBE780D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>178</Characters>
+  <Pages>2</Pages>
+  <Words>29</Words>
+  <Characters>171</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PRINCIPLE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kingston General Hospital</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>208</CharactersWithSpaces>
+  <CharactersWithSpaces>199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PRINCIPLE</dc:title>
   <dc:creator>emeryl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>